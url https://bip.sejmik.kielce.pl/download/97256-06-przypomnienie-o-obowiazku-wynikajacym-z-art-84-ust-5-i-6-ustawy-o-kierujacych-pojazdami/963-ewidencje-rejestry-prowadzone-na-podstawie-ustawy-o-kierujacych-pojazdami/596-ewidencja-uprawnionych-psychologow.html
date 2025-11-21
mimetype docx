--- v0 (2025-10-01)
+++ v1 (2025-11-21)
@@ -117,79 +117,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00920A66">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">z orzeczeniami zawierającymi przeciwwskazania do kierowania pojazdem przypominam o bezwzględnym obowiązku przestrzegania przepisów wynikających z  art. 84 ust. 5 i 6 ustawy </w:t>
       </w:r>
       <w:r w:rsidR="00920A66">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00920A66">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>z dnia 5 stycznia 2011 r. o kierujących pojazdami</w:t>
       </w:r>
-      <w:r w:rsidR="00D2780D">
-[...18 lines deleted...]
-        <w:t>e</w:t>
+      <w:r w:rsidR="00351083">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (t.j. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00975715">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> zm.</w:t>
+      <w:r w:rsidR="00351083">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dz.U.2025.1226</w:t>
       </w:r>
       <w:r w:rsidR="007907FA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00920A66">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, które brzmią:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B5F54" w:rsidRPr="00920A66" w:rsidRDefault="007B5F54" w:rsidP="007B5F54">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -520,50 +506,51 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B65B81"/>
     <w:rsid w:val="0003248D"/>
     <w:rsid w:val="000C7030"/>
+    <w:rsid w:val="00351083"/>
     <w:rsid w:val="004118C2"/>
     <w:rsid w:val="004C4A90"/>
     <w:rsid w:val="00585E3D"/>
     <w:rsid w:val="006416B6"/>
     <w:rsid w:val="006C5DD5"/>
     <w:rsid w:val="007907FA"/>
     <w:rsid w:val="007B5F54"/>
     <w:rsid w:val="008E4D5D"/>
     <w:rsid w:val="00920A66"/>
     <w:rsid w:val="00975715"/>
     <w:rsid w:val="00A84639"/>
     <w:rsid w:val="00AD65AE"/>
     <w:rsid w:val="00B40966"/>
     <w:rsid w:val="00B65B81"/>
     <w:rsid w:val="00C96ADB"/>
     <w:rsid w:val="00CF641E"/>
     <w:rsid w:val="00D2780D"/>
     <w:rsid w:val="00DC6488"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
@@ -1398,65 +1385,65 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>184</Words>
-  <Characters>1106</Characters>
+  <Characters>1104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1288</CharactersWithSpaces>
+  <CharactersWithSpaces>1286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gonciarz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>