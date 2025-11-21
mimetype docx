--- v0 (2025-10-23)
+++ v1 (2025-11-21)
@@ -246,171 +246,164 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uprawnionych do wykonywania </w:t>
       </w:r>
       <w:r w:rsidR="00B61D3B" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>badań psychologicznych w zakresie psychologii transportu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D64835" w14:textId="77777777" w:rsidR="001E3FC2" w:rsidRPr="00B61D3B" w:rsidRDefault="001E3FC2" w:rsidP="001E3FC2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9CDDF7" w14:textId="77777777" w:rsidR="001E3FC2" w:rsidRDefault="00F361F5" w:rsidP="00C4193B">
+    <w:p w14:paraId="3F9CDDF7" w14:textId="18E2075E" w:rsidR="001E3FC2" w:rsidRDefault="00F361F5" w:rsidP="00C4193B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Na podstawie art. 87 ust. 3</w:t>
       </w:r>
       <w:r w:rsidR="001E3FC2" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pkt </w:t>
       </w:r>
       <w:r w:rsidR="004C1D50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1 ustawy z dnia 5 stycznia 2011</w:t>
       </w:r>
       <w:r w:rsidR="001E3FC2" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r. o kierujących pojazdami</w:t>
       </w:r>
       <w:r w:rsidR="00C4193B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
       <w:r w:rsidR="00F12FCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(D</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t.j.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12FCF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00BD71CD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00F12FCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.U.20</w:t>
       </w:r>
       <w:r w:rsidR="00EE2679">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00922A89">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F12FCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00922A89">
-[...32 lines deleted...]
-        <w:t>zm.</w:t>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1226</w:t>
       </w:r>
       <w:r w:rsidR="001A7A10">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="001E3FC2" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>wnoszę o dokonanie w</w:t>
       </w:r>
       <w:r w:rsidR="00B61D3B" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pisu do ewidencji uprawnionych psychologów uprawnionych do wykonywania badań psychologicznych w zakresie psychologii transportu</w:t>
       </w:r>
       <w:r w:rsidR="001E3FC2" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1005,51 +998,51 @@
       </w:r>
       <w:r w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podpis wnioskodawcy</w:t>
       </w:r>
       <w:r w:rsidR="00B61D3B" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="295A5AB1" w14:textId="77777777" w:rsidR="00B61D3B" w:rsidRDefault="00B61D3B" w:rsidP="00B61D3B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A56131E" w14:textId="77777777" w:rsidR="00243F8B" w:rsidRPr="00243F8B" w:rsidRDefault="00243F8B" w:rsidP="00243F8B">
+    <w:p w14:paraId="0A56131E" w14:textId="0AEF55AE" w:rsidR="00243F8B" w:rsidRPr="00243F8B" w:rsidRDefault="00243F8B" w:rsidP="00243F8B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F12FCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pouczenie:</w:t>
       </w:r>
       <w:r w:rsidRPr="00243F8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> do wniosku należy dołączyć</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1069,86 +1062,116 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rskich studiów </w:t>
       </w:r>
       <w:r w:rsidR="004C1D50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>na kierunku psychologia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; potwierdzające</w:t>
       </w:r>
       <w:r w:rsidRPr="00243F8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ukończenie z wynikiem pozytywnym podyplomowych studiów w zakresie psychologii transportu prowadzonych przez uczelnię prowadzącą studia wyższe na kierunku psychologia, KRK, d</w:t>
+        <w:t xml:space="preserve"> ukończenie z wynikiem pozytywnym podyplomowych studiów w zakresie psychologii transportu prowadzonych przez uczelnię prowadzącą studia wyższe na kierunku psychologia, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6F62">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informacja z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00243F8B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KRK, d</w:t>
       </w:r>
       <w:r w:rsidR="001E3FC2" w:rsidRPr="00243F8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">owód uiszczenia opłaty za wpis do ewidencji </w:t>
       </w:r>
       <w:r w:rsidR="00F361F5" w:rsidRPr="00243F8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">uprawnionych psychologów </w:t>
+        <w:t>uprawnionych psychologów</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05891">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F361F5" w:rsidRPr="00243F8B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CFDC11F" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Klauzula informacyjna </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3DE6ACE3" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55834626" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1187,89 +1210,117 @@
         <w:t xml:space="preserve">i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o ochronie danych) (Dz. U. UE. L. z 2016 r. Nr 119, str. 1 z późn. zm.), zwanego dalej: RODO, informuje się, że:</w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2826F6CC" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+    <w:p w14:paraId="2826F6CC" w14:textId="3F3C0D2D" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Administratorem Pani/Pana danych osobowych jest </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marszałek Województwa Świętokrzyskiego z siedzibą w Kielcach, Al. IX Wieków Kielc 3, 25-516 Kielce, </w:t>
+        <w:t>Marszałek Województwa Świętokrz</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yskiego z siedzibą </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>w Kielcach, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l. IX Wieków Kielc 3, 25-516 Kielce, </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">tel. 41/395-16-60 fax: 41/395-16-79, e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00523AAD">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>urzad.marszalkowski@sejmik.kielce.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00523AAD">
@@ -1310,256 +1361,384 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wyznaczono Inspektora Ochrony Danych, z którym można skontaktować się we wszystkich sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z praw związanych </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z przetwarzaniem danych osobowych e-mailem: iod@sejmik.kielce.pl lub pisemnie na adres: Inspektor Ochrony Danych, Urząd Marszałkowski Województwa Świętokrzyskiego w Kielcach, al. IX Wieków Kielc 3, 25-516 Kielce, bądź telefonicznie: 41 395-15-18.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F64A894" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+    <w:p w14:paraId="3F64A894" w14:textId="1645D0B5" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pani/Pana dane osobowe będą przetwarzane w celu realizacji obowiązków prawnych związanych z wpisem do Ewidencji uprawnionych psychologów prowadzących badania psychologiczne w zakresie psychologii transportu w oparciu o art. 87 i 88 ustawy z dnia 5 stycznia 2011 r. o kierujących pojazdami (t.j. Dz. U. z 2024 r. poz. 1210 z późn. zm.), a także archiwizacją dokumentacji na podstawie ustawy z dnia 14 lipca 1983 r. </w:t>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu realizacji obowiązków prawnych związanych z wpisem do Ewidencji uprawnionych psychologów prowadzących badania psychologiczne w zakresie psychologii transportu w oparciu o art. 87 i 88 ustawy z dnia 5 stycznia 2011 r. o kierujący</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ch pojazdami </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B80AE9" w:rsidRPr="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(t.j. Dz. U. z 2025.1226), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a także archiwizacją dokumentacji na podstawie ustawy z dnia 14 lipca 1983 r. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">o narodowym zasobie archiwalnym i archiwach (t.j. Dz. U. z 2020 r. poz. 164 z późn. zm.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">w związku </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>z Instrukcją kancelaryjną, o której mowa w Rozporządzeniu Prezesa Rady Ministrów z dnia 18 stycznia 2011 r. w sprawie instrukcji kancelaryjnej, jednolitych rzeczowych wykazów akt oraz instrukcji w sprawie organizacji i zakresu działania archiwów zakładowych (Dz. U. Nr 14 poz. 67 z późn. zm.).</w:t>
+        <w:t xml:space="preserve">z Instrukcją kancelaryjną, o której mowa w Rozporządzeniu Prezesa Rady Ministrów z dnia 18 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stycznia </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2011 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r. w sprawie instrukcji kancelaryjnej, jednolitych rzeczowych wykazów akt oraz instrukcji w sprawie organizacji i zakresu działania archiwów zakładowych (Dz. U. Nr 14 poz. 67 z późn. zm.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A41C32" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Odbiorcami Pani/Pana danych osobowych są podmioty uprawnione na podstawie przepisów prawa, podmioty upoważnione przez Administratora oraz odbiorcy strony internetowej BIP UMWŚ w Kielcach, na której zamieszcza się wyciąg z Ewidencji uprawnionych psychologów, zawierający Pani/Pana numer ewidencyjny, imię, nazwisko, oznaczenie pracowni psychologicznej albo jednostki organizacyjnej, w której wykonuje Pani/Pan badania. </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ponadto, w zakresie stanowiącym informację publiczną Pani/Pana dane osobowe mogą być ujawniane każdemu zainteresowanemu taką informacją oraz publikowane w BIP UMWŚ w Kielcach.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DA6942" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+    <w:p w14:paraId="19DA6942" w14:textId="0F51A28F" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Pani/Pana dane osobowe będą przechowywane przez okres niezbędny do realizacji celów wskazanych w pkt 3.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B04BA34" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+        <w:t xml:space="preserve">Pani/Pana dane osobowe będą przechowywane przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>czas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> niezbędny do realizacji celów wskazanych w pkt 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B04BA34" w14:textId="0F6461CF" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Przysługuje Pani/Panu od Administratora prawo dostępu (art. 15 RODO), prawo do sprostowania danych (art. 16 RODO) i prawo do ograniczenia przetwarzania (art. 18 RODO).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F6843B2" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+        <w:t xml:space="preserve">Przysługuje Pani/Panu od Administratora prawo dostępu (art. 15 RODO), prawo do sprostowania danych </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(art. 16 RODO) i prawo do ograniczenia przetwarzania (art. 18 RODO).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6843B2" w14:textId="45AFE1F2" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Ma Pani/Pan prawo do wniesienia skargi z art. 77 RODO do organu nadzorczego tj. Prezesa Urzędu Ochrony Danych Osobowych z siedzibą w Warszawie, ul. Stawki 2, 00-193 Warszawa, gdy uzna Pani/Pan, że przetwarzanie danych osobowych Pani/Pana dotyczących narusza przepisy RODO.</w:t>
+        <w:t xml:space="preserve">Ma Pani/Pan prawo do wniesienia skargi z art. 77 RODO do organu nadzorczego tj. Prezesa Urzędu Ochrony Danych Osobowych z siedzibą w Warszawie, ul. Stawki 2, 00-193 Warszawa, gdy uzna Pani/Pan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00523AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>że przetwarzanie danych osobowych Pani/Pana dotyczących narusza przepisy RODO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF9BF3B" w14:textId="77777777" w:rsidR="0009565B" w:rsidRPr="00523AAD" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
@@ -1582,94 +1761,101 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym. Odmowa podania danych skutkować będzie odmową wpisania do Ewidencji uprawnionych psychologów.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3355B2A0" w14:textId="6F72FBAF" w:rsidR="0090078B" w:rsidRPr="0009565B" w:rsidRDefault="0009565B" w:rsidP="0009565B">
+    <w:p w14:paraId="3355B2A0" w14:textId="1174B77D" w:rsidR="0090078B" w:rsidRPr="0009565B" w:rsidRDefault="0009565B" w:rsidP="0009565B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pani/Pana dane osobowe nie podlegają zautomatyzowanemu podejmowaniu decyzji, </w:t>
+        <w:t>Pani/Pana dane osobowe nie podlegają zautomaty</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zowanemu podejmowaniu decyzji, </w:t>
       </w:r>
       <w:r w:rsidRPr="00523AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:br/>
         <w:t>w tym profilowaniu, którym mowa w art. 22 ust. 1 i 4 RODO.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="0090078B" w:rsidRPr="0009565B" w:rsidSect="00410D14">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2443,63 +2629,67 @@
   <w:rsids>
     <w:rsidRoot w:val="000B4D78"/>
     <w:rsid w:val="0009565B"/>
     <w:rsid w:val="000B4D78"/>
     <w:rsid w:val="000C7030"/>
     <w:rsid w:val="00167C13"/>
     <w:rsid w:val="001A7A10"/>
     <w:rsid w:val="001E3FC2"/>
     <w:rsid w:val="00232106"/>
     <w:rsid w:val="00243F8B"/>
     <w:rsid w:val="00250710"/>
     <w:rsid w:val="002C059B"/>
     <w:rsid w:val="002F79B1"/>
     <w:rsid w:val="003116B3"/>
     <w:rsid w:val="00410D14"/>
     <w:rsid w:val="004C1D50"/>
     <w:rsid w:val="00505B5E"/>
     <w:rsid w:val="00631B2B"/>
     <w:rsid w:val="007F60A0"/>
     <w:rsid w:val="0082275A"/>
     <w:rsid w:val="00895167"/>
     <w:rsid w:val="0090078B"/>
     <w:rsid w:val="00905D07"/>
     <w:rsid w:val="00922A89"/>
     <w:rsid w:val="009D6988"/>
+    <w:rsid w:val="009F2425"/>
+    <w:rsid w:val="00A05891"/>
     <w:rsid w:val="00AD3476"/>
     <w:rsid w:val="00AE2412"/>
     <w:rsid w:val="00B61D3B"/>
+    <w:rsid w:val="00B80AE9"/>
     <w:rsid w:val="00BD37BE"/>
     <w:rsid w:val="00BD71CD"/>
     <w:rsid w:val="00BD79E8"/>
     <w:rsid w:val="00BE7EC6"/>
     <w:rsid w:val="00C4193B"/>
     <w:rsid w:val="00C47DFF"/>
     <w:rsid w:val="00C56A5E"/>
     <w:rsid w:val="00D31036"/>
     <w:rsid w:val="00DE4C08"/>
     <w:rsid w:val="00E4492A"/>
+    <w:rsid w:val="00EA6F62"/>
     <w:rsid w:val="00EE2679"/>
     <w:rsid w:val="00F12FCF"/>
     <w:rsid w:val="00F361F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3288,65 +3478,65 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>752</Words>
-  <Characters>4513</Characters>
+  <Characters>4516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5255</CharactersWithSpaces>
+  <CharactersWithSpaces>5258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gonciarz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>