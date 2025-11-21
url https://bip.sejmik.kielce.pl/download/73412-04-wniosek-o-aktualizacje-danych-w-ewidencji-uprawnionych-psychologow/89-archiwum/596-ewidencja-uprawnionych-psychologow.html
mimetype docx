--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="479E17C6" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -55,243 +55,243 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidR="009D24EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………</w:t>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1702ED5D" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(miejscowość, data)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6658B883" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="009D24EF" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="009D24EF" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009D24EF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>( imię i nazwisko )</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AB6E7A" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBA25F2" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="009D24EF" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="009D24EF" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D24EF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>( nr wpisu w ewidencji )</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534E96D8" w14:textId="77777777" w:rsidR="009D24EF" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
+    <w:p w:rsidR="009D24EF" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FDC5E6" w14:textId="77777777" w:rsidR="009D24EF" w:rsidRPr="009D24EF" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
+    <w:p w:rsidR="009D24EF" w:rsidRPr="009D24EF" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="009D24EF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>( adres do korespondencji )</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9DAB7A" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
-[...38 lines deleted...]
-    <w:p w14:paraId="5DC80D28" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Marszałek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EADAD51" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -299,114 +299,111 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Województwa Świętokrzyskiego</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DEEAF2" w14:textId="081A9A1E" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
-[...52 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00F553FD" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A879AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>l. IX Wieków Kielc 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE81CAE" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -414,1046 +411,1046 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>25-516 Kielce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA12616" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
-[...5 lines deleted...]
-    <w:p w14:paraId="2D3F02E5" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="655ECA0E" w14:textId="77777777" w:rsidR="003F2980" w:rsidRDefault="00A879AC" w:rsidP="00A155C3">
+    <w:p w:rsidR="003F2980" w:rsidRDefault="00A879AC" w:rsidP="00A155C3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>WNIOSEK</w:t>
       </w:r>
       <w:r w:rsidR="003F2980">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> O AKTUALIZACJĘ DANYCH </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007A6424" w14:textId="77777777" w:rsidR="0076652C" w:rsidRPr="003F2980" w:rsidRDefault="00A155C3" w:rsidP="00A155C3">
+    <w:p w:rsidR="0076652C" w:rsidRPr="003F2980" w:rsidRDefault="00A155C3" w:rsidP="00A155C3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="0076652C" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ewidencji psychologów uprawnionych do wykonywania </w:t>
       </w:r>
       <w:r w:rsidR="0076652C" w:rsidRPr="00B61D3B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>badań psychologicznych w zakresie psychologii transportu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72605F83" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763D2BC2" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23C4B0EE" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="0085232D">
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="0085232D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. 87 ust. 6 </w:t>
       </w:r>
       <w:r w:rsidR="003B64F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pkt 1 </w:t>
       </w:r>
       <w:r w:rsidR="00026D97" w:rsidRPr="00160AED">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ustawy z dnia 5 stycznia 2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00160AED">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r. o kierujących pojazdami</w:t>
       </w:r>
-      <w:r w:rsidR="00F4675B">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F553FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00F4675B" w:rsidRPr="00F4675B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F553FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.j. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B64F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA606B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="003B64F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.U.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00794012">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F553FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003B64F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F553FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1226</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5382">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D24EF">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F4675B" w:rsidRPr="00F4675B">
-[...41 lines deleted...]
-      <w:r w:rsidR="003B64F5">
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wnoszę o aktualizację moich danych w ewidencji psychologów uprawnionych do wykonywania badań psychologicznych w zakresie psychologii transportu, prowadzonej przez Marszałka Województwa Świętokrzyskiego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00160AED" w:rsidRPr="00CC2D18" w:rsidRDefault="00160AED" w:rsidP="00160AED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2D18">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dotychczasowe da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ne zawarte w ewidencji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2D18">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, które </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podlegają zmianie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………..…………………………………………………………………………………………………..…………………………………………………………………………………………………..…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………..……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………..………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00160AED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00160AED" w:rsidRDefault="00160AED" w:rsidP="00160AED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2D18">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dane, które ma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ją widnieć w ewidencji </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2D18">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> po zmianie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00160AED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………..……………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00562896">
-[...18 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………..………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…………………..…………………………………………………………………………………………………..……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00160AED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E827E1" w:rsidRDefault="00E827E1" w:rsidP="00160AED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E827E1" w:rsidRDefault="00E827E1" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00026D97" w:rsidRDefault="00026D97" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00026D97" w:rsidRDefault="00026D97" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00026D97" w:rsidRPr="00026D97" w:rsidRDefault="00026D97" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Załączniki potwierdzaj</w:t>
+      </w:r>
+      <w:r w:rsidR="004951E0" w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ące konieczność dokonania zmian (o ile takie istnieją):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D24EF" w:rsidRDefault="00D03EDB" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63140">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D24EF" w:rsidRPr="00026D97" w:rsidRDefault="009D24EF" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dane do kontaktu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D24EF" w:rsidRDefault="009D24EF" w:rsidP="009D24EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRPr="00026D97" w:rsidRDefault="00A879AC" w:rsidP="009D24EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nr telefonu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00026D97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="009D24EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...472 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00026D97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e-mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F2705B" w14:textId="77777777" w:rsidR="00D03EDB" w:rsidRDefault="00D03EDB" w:rsidP="00A879AC">
-[...5 lines deleted...]
-    <w:p w14:paraId="7CCD3DAE" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00D03EDB" w:rsidRDefault="00D03EDB" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>…………………………</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>……………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C42855" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
-[...49 lines deleted...]
-    <w:p w14:paraId="2D048795" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00D03EDB">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D03EDB" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03EDB" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03EDB" w:rsidRDefault="00D03EDB" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D03EDB" w:rsidRDefault="00D03EDB" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00D03EDB">
       <w:pPr>
         <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>……………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D2281C" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(podpis wnioskodawcy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165990DE" w14:textId="77777777" w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
-[...17 lines deleted...]
-    <w:p w14:paraId="59834F24" w14:textId="77777777" w:rsidR="000C7030" w:rsidRDefault="00345C3B" w:rsidP="00345C3B">
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A879AC" w:rsidRDefault="00A879AC" w:rsidP="00A879AC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00345C3B" w:rsidRDefault="00345C3B" w:rsidP="00345C3B"/>
+    <w:p w:rsidR="000C7030" w:rsidRDefault="00345C3B" w:rsidP="00345C3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5550"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8004A7" w14:textId="77777777" w:rsidR="00D03EDB" w:rsidRPr="00345C3B" w:rsidRDefault="00D03EDB" w:rsidP="00345C3B">
+    <w:p w:rsidR="00D03EDB" w:rsidRPr="00345C3B" w:rsidRDefault="00D03EDB" w:rsidP="00345C3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5550"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D03EDB" w:rsidRPr="00345C3B" w:rsidSect="00051BB1">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2874163F" w14:textId="77777777" w:rsidR="0065322F" w:rsidRDefault="0065322F" w:rsidP="00A155C3">
+    <w:p w:rsidR="00CB0C15" w:rsidRDefault="00CB0C15" w:rsidP="00A155C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D9BF30E" w14:textId="77777777" w:rsidR="0065322F" w:rsidRDefault="0065322F" w:rsidP="00A155C3">
+    <w:p w:rsidR="00CB0C15" w:rsidRDefault="00CB0C15" w:rsidP="00A155C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="619206704"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="19D2C3AB" w14:textId="77777777" w:rsidR="00A155C3" w:rsidRDefault="002D02F1">
+      <w:p w:rsidR="00A155C3" w:rsidRDefault="002D02F1">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00DB3C04">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00562896">
+        <w:r w:rsidR="00F553FD">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="45A934C9" w14:textId="77777777" w:rsidR="00A155C3" w:rsidRDefault="00A155C3">
+  <w:p w:rsidR="00A155C3" w:rsidRDefault="00A155C3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7357CB3F" w14:textId="77777777" w:rsidR="0065322F" w:rsidRDefault="0065322F" w:rsidP="00A155C3">
+    <w:p w:rsidR="00CB0C15" w:rsidRDefault="00CB0C15" w:rsidP="00A155C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B24270A" w14:textId="77777777" w:rsidR="0065322F" w:rsidRDefault="0065322F" w:rsidP="00A155C3">
+    <w:p w:rsidR="00CB0C15" w:rsidRDefault="00CB0C15" w:rsidP="00A155C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E7425C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CB4A65C"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1613,238 +1610,236 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="321545212">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1555703281">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00386BD1"/>
     <w:rsid w:val="00026D97"/>
     <w:rsid w:val="00051BB1"/>
     <w:rsid w:val="000C7030"/>
     <w:rsid w:val="00160AED"/>
     <w:rsid w:val="001618F0"/>
     <w:rsid w:val="00276010"/>
     <w:rsid w:val="002D02F1"/>
     <w:rsid w:val="00327786"/>
     <w:rsid w:val="00345C3B"/>
     <w:rsid w:val="00352ABC"/>
     <w:rsid w:val="00386BD1"/>
     <w:rsid w:val="003A4323"/>
     <w:rsid w:val="003B64F5"/>
     <w:rsid w:val="003F2980"/>
     <w:rsid w:val="00436D38"/>
-    <w:rsid w:val="00461CB0"/>
     <w:rsid w:val="004951E0"/>
     <w:rsid w:val="00562896"/>
-    <w:rsid w:val="005E28D2"/>
     <w:rsid w:val="00605785"/>
-    <w:rsid w:val="0065322F"/>
     <w:rsid w:val="007535C1"/>
     <w:rsid w:val="00760D4B"/>
     <w:rsid w:val="0076652C"/>
     <w:rsid w:val="00794012"/>
     <w:rsid w:val="007E0749"/>
     <w:rsid w:val="007F2C90"/>
     <w:rsid w:val="0085232D"/>
     <w:rsid w:val="008C0099"/>
     <w:rsid w:val="008E3B95"/>
     <w:rsid w:val="00901081"/>
     <w:rsid w:val="00995690"/>
     <w:rsid w:val="009D24EF"/>
     <w:rsid w:val="00A155C3"/>
     <w:rsid w:val="00A25AEA"/>
     <w:rsid w:val="00A63140"/>
     <w:rsid w:val="00A879AC"/>
     <w:rsid w:val="00AC1C7D"/>
     <w:rsid w:val="00B21E62"/>
     <w:rsid w:val="00B42A73"/>
     <w:rsid w:val="00B43B3A"/>
     <w:rsid w:val="00C256A8"/>
     <w:rsid w:val="00C9455D"/>
     <w:rsid w:val="00CA606B"/>
     <w:rsid w:val="00CB068D"/>
+    <w:rsid w:val="00CB0C15"/>
     <w:rsid w:val="00CD27D3"/>
     <w:rsid w:val="00CF5382"/>
     <w:rsid w:val="00D03EDB"/>
     <w:rsid w:val="00D75EB6"/>
     <w:rsid w:val="00DB30AF"/>
     <w:rsid w:val="00DB3C04"/>
     <w:rsid w:val="00E827E1"/>
     <w:rsid w:val="00F0687B"/>
     <w:rsid w:val="00F4675B"/>
+    <w:rsid w:val="00F553FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0CA60ECB"/>
   <w15:docId w15:val="{573AFA72-2860-48A8-AE83-D0560D0F79E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2172,55 +2167,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A879AC"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2333,51 +2323,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A155C3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A155C3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="647516307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1434469893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2637,67 +2627,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>231</Words>
-  <Characters>1388</Characters>
+  <Characters>1386</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1616</CharactersWithSpaces>
+  <CharactersWithSpaces>1614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gonciarz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>