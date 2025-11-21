--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -130,105 +130,120 @@
         </w:rPr>
         <w:t xml:space="preserve"> pkt. 1</w:t>
       </w:r>
       <w:r w:rsidR="005F1FA9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00725893">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ustawy o kierujących pojazdami</w:t>
       </w:r>
       <w:r w:rsidR="000A3153">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00052684">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="00C22FD5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(D</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00052684">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.j. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22FD5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00AD2BB1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00C22FD5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.U.20</w:t>
       </w:r>
       <w:r w:rsidR="00F626D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F64494">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00052684">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C22FD5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F64494">
-[...11 lines deleted...]
-        <w:t>zm.</w:t>
+      <w:r w:rsidR="00052684">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1226</w:t>
       </w:r>
       <w:r w:rsidR="00F064F1" w:rsidRPr="003B75D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="003B75D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ma obowiązek przekazać marszałkowi województwa:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F7A06" w:rsidRPr="00423BC2" w:rsidRDefault="001F7A06" w:rsidP="001F7A06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -449,52 +464,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dokument</w:t>
       </w:r>
       <w:r w:rsidR="001F7A06" w:rsidRPr="003B75D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> potwierdzaj</w:t>
       </w:r>
       <w:r w:rsidR="00BE5DEA" w:rsidRPr="003B75D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ący</w:t>
       </w:r>
       <w:r w:rsidRPr="003B75D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> konieczność dokonania zmiany (o ile taki istnieje). </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="001F7A06" w:rsidRPr="003B75D8" w:rsidRDefault="001F7A06" w:rsidP="001F7A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F064F1" w:rsidRPr="003B75D8" w:rsidRDefault="00F064F1" w:rsidP="003B75D8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B75D8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -736,52 +749,61 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00725893" w:rsidRPr="00725893" w:rsidRDefault="00725893" w:rsidP="00725893">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725893">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Kontakt telefoniczny: Departament Ochrony Zdrowia  (41) 395-16-32.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Kontakt telefoniczny: Departament </w:t>
+      </w:r>
+      <w:r w:rsidR="00052684">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ochrony Zdrowia  (41) 395-16-32 lub (41) 395-10-21.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00725893" w:rsidRPr="003B75D8" w:rsidRDefault="00725893" w:rsidP="00F064F1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F064F1" w:rsidRPr="00725893" w:rsidRDefault="00F064F1" w:rsidP="00725893">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C7030" w:rsidRDefault="000C7030"/>
     <w:sectPr w:rsidR="000C7030" w:rsidSect="00872880">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
@@ -1548,50 +1570,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A90DA2"/>
+    <w:rsid w:val="00052684"/>
     <w:rsid w:val="00073343"/>
     <w:rsid w:val="000A3153"/>
     <w:rsid w:val="000C7030"/>
     <w:rsid w:val="001F7A06"/>
     <w:rsid w:val="002802BB"/>
     <w:rsid w:val="00300756"/>
     <w:rsid w:val="003A3392"/>
     <w:rsid w:val="003B75D8"/>
     <w:rsid w:val="00423BC2"/>
     <w:rsid w:val="005A7595"/>
     <w:rsid w:val="005F1FA9"/>
     <w:rsid w:val="00725893"/>
     <w:rsid w:val="00790146"/>
     <w:rsid w:val="00872880"/>
     <w:rsid w:val="00A90DA2"/>
     <w:rsid w:val="00AD2BB1"/>
     <w:rsid w:val="00B57D21"/>
     <w:rsid w:val="00BE5DEA"/>
     <w:rsid w:val="00C15433"/>
     <w:rsid w:val="00C22FD5"/>
     <w:rsid w:val="00CA0E73"/>
     <w:rsid w:val="00D31B25"/>
     <w:rsid w:val="00D603BF"/>
     <w:rsid w:val="00E51ED5"/>
     <w:rsid w:val="00EE24A1"/>
@@ -2396,66 +2419,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>232</Words>
-  <Characters>1396</Characters>
+  <Words>235</Words>
+  <Characters>1411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1625</CharactersWithSpaces>
+  <CharactersWithSpaces>1643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gonciarz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>