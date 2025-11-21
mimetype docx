--- v0 (2025-10-23)
+++ v1 (2025-11-21)
@@ -115,119 +115,105 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ustawa z dnia 5 stycznia 2011r.</w:t>
       </w:r>
       <w:r w:rsidR="001B49ED" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> o kier</w:t>
       </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ujących pojazdami </w:t>
       </w:r>
       <w:r w:rsidR="00F111B8" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.j. </w:t>
+      </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D75071" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.U.20</w:t>
       </w:r>
       <w:r w:rsidR="00280D6C" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E65D82">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E65D82">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> zm.</w:t>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1226</w:t>
       </w:r>
       <w:r w:rsidR="001B49ED" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002425E2" w:rsidRPr="00F064E5" w:rsidRDefault="002425E2" w:rsidP="001B49ED">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F064E5">
@@ -301,135 +287,145 @@
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>(Dz.U.2022.</w:t>
         </w:r>
         <w:r w:rsidR="00A01E5F" w:rsidRPr="00F064E5">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>165)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A01E5F" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00204CEE" w:rsidRPr="00F064E5" w:rsidRDefault="00204CEE" w:rsidP="001B49ED">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ustawa z dnia 14 czerwca 1960r. - Kodeks </w:t>
       </w:r>
       <w:r w:rsidR="00F40C6F" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">postępowania administracyjnego </w:t>
       </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(Dz.U.20</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.j. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dz.U.20</w:t>
       </w:r>
       <w:r w:rsidR="00F111B8" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E65D82">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00B74DB2" w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E65D82">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>572</w:t>
       </w:r>
-      <w:r w:rsidR="00D47644" w:rsidRPr="00F064E5">
-[...6 lines deleted...]
-      <w:r w:rsidR="001E3F33">
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2552">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>t.j.</w:t>
+        <w:t>ze zm.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F064E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002425E2" w:rsidRDefault="002425E2" w:rsidP="002425E2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001B49ED" w:rsidRPr="00A423C6" w:rsidRDefault="001B49ED" w:rsidP="001B49ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -1105,60 +1101,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>wobec której orzeczono, prawomocnym wyrokiem sądu środek karny w postaci zakazu wykonywania zawodu psychologa - w okresie obowiązywania tego zakazu,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B74DB2" w:rsidRPr="00B74DB2" w:rsidRDefault="00042DD6" w:rsidP="00BC32FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74DB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>którą pozbawiono prawa wykonywania zawodu psychologa prawomocnym orzeczeniem komisji dyscyplinarnej, o której mow</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">a w </w:t>
+        <w:t xml:space="preserve">którą pozbawiono prawa wykonywania zawodu psychologa prawomocnym orzeczeniem komisji dyscyplinarnej, o której mowa w </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="/document/16904265?cm=DOCUMENT" w:history="1">
         <w:r w:rsidRPr="00B74DB2">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>ustawie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74DB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dnia 8 czerwca 2001r. o zawodzie psychologa i samorządzie zawodowy</w:t>
       </w:r>
       <w:r w:rsidR="00EC13D8" w:rsidRPr="00B74DB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2029,51 +2016,67 @@
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC13D8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">W przypadku braków formalnych w dostarczonych dokumentach wnioskodawca zgodnie </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC13D8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>z art.64 § 2 ustawy z dnia 14 czerwca 1960r. – Kodeks postępowania ad</w:t>
+        <w:t>z art.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC13D8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>64 § 2 ustawy z dnia 14 czerwca 1960r. – Kodeks postępowania ad</w:t>
       </w:r>
       <w:r w:rsidR="00F25E79">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ministracyjnego, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC13D8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zostanie pisemn</w:t>
       </w:r>
       <w:r w:rsidR="00F40C6F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ie wezwany do ich uzupełnienia </w:t>
       </w:r>
@@ -2152,94 +2155,94 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC13D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakt telefoniczny: Depar</w:t>
       </w:r>
       <w:r w:rsidR="00F25E79">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tament Ochrony Zdrowia  (41) 395-16-32</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC13D8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00DE2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub (41) 395-10-21.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F83AA1" w:rsidRDefault="00F83AA1" w:rsidP="002425E2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002425E2" w:rsidRDefault="002425E2" w:rsidP="002425E2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C7030" w:rsidRDefault="000C7030"/>
     <w:sectPr w:rsidR="000C7030" w:rsidSect="00AE166A">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002633C9" w:rsidRDefault="002633C9" w:rsidP="003F5BD8">
+    <w:p w:rsidR="00CE674B" w:rsidRDefault="00CE674B" w:rsidP="003F5BD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002633C9" w:rsidRDefault="002633C9" w:rsidP="003F5BD8">
+    <w:p w:rsidR="00CE674B" w:rsidRDefault="00CE674B" w:rsidP="003F5BD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2294,84 +2297,84 @@
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="003F5BD8" w:rsidRDefault="0070614D">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="0096143A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A369B2">
+        <w:r w:rsidR="00DE2552">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="003F5BD8" w:rsidRDefault="003F5BD8">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002633C9" w:rsidRDefault="002633C9" w:rsidP="003F5BD8">
+    <w:p w:rsidR="00CE674B" w:rsidRDefault="00CE674B" w:rsidP="003F5BD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002633C9" w:rsidRDefault="002633C9" w:rsidP="003F5BD8">
+    <w:p w:rsidR="00CE674B" w:rsidRDefault="00CE674B" w:rsidP="003F5BD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020D50DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C98362A"/>
     <w:lvl w:ilvl="0" w:tplc="0415000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3431,55 +3434,57 @@
     <w:rsid w:val="00713AB2"/>
     <w:rsid w:val="007746B7"/>
     <w:rsid w:val="007B4495"/>
     <w:rsid w:val="007F609E"/>
     <w:rsid w:val="0082594D"/>
     <w:rsid w:val="0086069B"/>
     <w:rsid w:val="00876C6F"/>
     <w:rsid w:val="008858F6"/>
     <w:rsid w:val="008E3115"/>
     <w:rsid w:val="008F01E5"/>
     <w:rsid w:val="0096143A"/>
     <w:rsid w:val="009B1C30"/>
     <w:rsid w:val="00A01E5F"/>
     <w:rsid w:val="00A215B1"/>
     <w:rsid w:val="00A369B2"/>
     <w:rsid w:val="00AD2D2D"/>
     <w:rsid w:val="00AE166A"/>
     <w:rsid w:val="00B33322"/>
     <w:rsid w:val="00B35CC2"/>
     <w:rsid w:val="00B527D5"/>
     <w:rsid w:val="00B6315B"/>
     <w:rsid w:val="00B74DB2"/>
     <w:rsid w:val="00B762D6"/>
     <w:rsid w:val="00C76927"/>
     <w:rsid w:val="00CB6FC4"/>
+    <w:rsid w:val="00CE674B"/>
     <w:rsid w:val="00D47644"/>
     <w:rsid w:val="00D50550"/>
     <w:rsid w:val="00D566CA"/>
     <w:rsid w:val="00D6266E"/>
     <w:rsid w:val="00D75071"/>
+    <w:rsid w:val="00DE2552"/>
     <w:rsid w:val="00E04368"/>
     <w:rsid w:val="00E26FA9"/>
     <w:rsid w:val="00E32EA7"/>
     <w:rsid w:val="00E36046"/>
     <w:rsid w:val="00E65D82"/>
     <w:rsid w:val="00EC13D8"/>
     <w:rsid w:val="00F064E5"/>
     <w:rsid w:val="00F111B8"/>
     <w:rsid w:val="00F25E79"/>
     <w:rsid w:val="00F40C6F"/>
     <w:rsid w:val="00F44971"/>
     <w:rsid w:val="00F83AA1"/>
     <w:rsid w:val="00F92DB7"/>
     <w:rsid w:val="00FA319C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -4509,66 +4514,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>826</Words>
-  <Characters>4961</Characters>
+  <Words>830</Words>
+  <Characters>4980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5776</CharactersWithSpaces>
+  <CharactersWithSpaces>5799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gonciarz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>