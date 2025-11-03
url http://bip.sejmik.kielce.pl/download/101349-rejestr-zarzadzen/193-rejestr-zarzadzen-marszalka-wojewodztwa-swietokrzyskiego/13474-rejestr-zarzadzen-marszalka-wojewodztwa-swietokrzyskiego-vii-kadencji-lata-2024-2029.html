--- v0 (2025-10-11)
+++ v1 (2025-11-03)
@@ -14217,88 +14217,88 @@
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ROK 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30912BB7" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="00716511">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="14355" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1201"/>
-        <w:gridCol w:w="1926"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="2160"/>
         <w:gridCol w:w="8370"/>
         <w:gridCol w:w="2858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB7EB7" w:rsidRPr="00716511" w14:paraId="32B31376" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00BB7EB7" w:rsidRPr="00716511" w14:paraId="32B31376" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23C37E5E" w14:textId="291497F3" w:rsidR="00BB7EB7" w:rsidRPr="00716511" w:rsidRDefault="00BB7EB7" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>1/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DD39339" w14:textId="28C2E720" w:rsidR="00BB7EB7" w:rsidRPr="00716511" w:rsidRDefault="00BB7EB7" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="005B1E64" w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004D6E67" w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -14336,83 +14336,83 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Powołanie Zespołu Wdrożeniowego (dalej zespół) do wdrożenia i utrzymania systemu EZD RP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="678D4C40" w14:textId="77777777" w:rsidR="00BB7EB7" w:rsidRPr="00716511" w:rsidRDefault="00BB7EB7" w:rsidP="000E4BD0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB7EB7" w:rsidRPr="00716511" w14:paraId="11522E59" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00BB7EB7" w:rsidRPr="00716511" w14:paraId="11522E59" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AFE520A" w14:textId="37A14F76" w:rsidR="00BB7EB7" w:rsidRPr="00716511" w:rsidRDefault="00BB7EB7" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>2/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="299DF7A4" w14:textId="58297B2F" w:rsidR="00BB7EB7" w:rsidRPr="00716511" w:rsidRDefault="00BB7EB7" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="005B1E64" w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> stycznia </w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -14449,83 +14449,83 @@
           <w:p w14:paraId="188DC1D8" w14:textId="77777777" w:rsidR="00BB7EB7" w:rsidRPr="00496BFE" w:rsidRDefault="00BB7EB7" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc zarządzenie Nr 134/2020 Marszałka Województwa Świętokrzyskiego z dnia 15 lipca 2020 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Departamentu Nieruchomości, Geodezji i Planowania Przestrzennego Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="028A8531" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="028A8531" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6808D31E" w14:textId="7C7C87D4" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>3/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3598128C" w14:textId="78F484FF" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="260C46E0" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -14541,83 +14541,83 @@
               </w:rPr>
               <w:t>Zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4007B3D3" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="4FA55DFA" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="4FA55DFA" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17244C9F" w14:textId="63763B52" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>4/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="669C1C7F" w14:textId="086831BC" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DFE0F7A" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -14633,83 +14633,83 @@
               </w:rPr>
               <w:t>Zmiany Zarządzenia Marszałka Województwa Świętokrzyskiego nr 81/2023 z dnia 6 czerwca 2023 r. zmienionego Zarządzeniem nr 78/2024 z dnia 18 czerwca 2024 r. w sprawie powołania Zespołu ds. przygotowania, realizacji i utrzymania projektu pod roboczą nazwą "Blue Valley - Wiślanym Szlakiem" na terenie Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A47EE7" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="4A56BB1E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="4A56BB1E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1613158B" w14:textId="40B4095F" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>5/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="752E212D" w14:textId="1F07BA61" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05BBB795" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -14725,83 +14725,83 @@
               </w:rPr>
               <w:t>Ustalenia dnia wolnego od pracy w 2025 r. dla pracowników Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D7E88E7" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="08A4A63B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="08A4A63B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C554663" w14:textId="42C3756B" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>6/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E7A31A8" w14:textId="7200E4DC" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>14 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60CFF73C" w14:textId="3B793395" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -14831,83 +14831,83 @@
               </w:rPr>
               <w:t>28 listopada 2024 r. w sprawie zasad korzystania z samochodów służbowych oraz prywatnych do celów służbowych w Urzędzie Marszałkowskim Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="254CA6B8" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="73D9F38E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="73D9F38E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F89E08E" w14:textId="3A52D186" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>7/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57786720" w14:textId="2BC2DA87" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>14 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="411911AA" w14:textId="33BCAE27" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -14945,83 +14945,83 @@
               </w:rPr>
               <w:t>i organizacyjne przetwarzania danych osobowych, zmienionego Zarządzeniem Nr 100/24 Marszałka Województwa Świętokrzyskiego z dnia 18 lipca 2024 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79C774D4" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="727B3682" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="727B3682" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B61893F" w14:textId="4DE0469D" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>8/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37DAF6B3" w14:textId="46C5C5C2" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66370F6F" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15037,83 +15037,83 @@
               </w:rPr>
               <w:t>Zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6958106E" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="0A1D8206" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="0A1D8206" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BE6FE4D" w14:textId="5AA94313" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>9/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67B6D186" w14:textId="66D7E984" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B90DDC4" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15129,83 +15129,83 @@
               </w:rPr>
               <w:t>w sprawie rozliczania krajowych i zagranicznych podróży służbowych pracowników Urzędu Marszałkowskiego Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F988B1C" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="3BE67E02" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="3BE67E02" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2911D348" w14:textId="2737C160" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>10/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BE3465A" w14:textId="1262CB44" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490EB254" w14:textId="6871CB88" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15251,83 +15251,83 @@
               </w:rPr>
               <w:t xml:space="preserve"> oraz stosowania instrukcji kancelaryjnej, jednolitego rzeczowego wykazu akt organów samorządu województwa i Urzędów Marszałkowskich oraz instrukcji w sprawie organizacji i zakresu działania archiwów zakładowych w Urzędzie Marszałkowskim Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53DC0CDE" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="5C6B6F7A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="5C6B6F7A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="147CF902" w14:textId="579BD438" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>11/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="196972E2" w14:textId="593F1C2F" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D690191" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15343,83 +15343,83 @@
               </w:rPr>
               <w:t>Zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="406E2417" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="0CE20C36" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0098003E" w:rsidRPr="00716511" w14:paraId="0CE20C36" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20A09575" w14:textId="687145B5" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>12/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B925FD4" w14:textId="23AE0438" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>22 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="497315F1" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00716511" w:rsidRDefault="0098003E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15435,83 +15435,83 @@
               </w:rPr>
               <w:t>Zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F1D94CB" w14:textId="77777777" w:rsidR="0098003E" w:rsidRPr="00496BFE" w:rsidRDefault="0098003E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="693C5D51" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="693C5D51" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E6EB0FF" w14:textId="0D3A55FB" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>13/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6788EE7E" w14:textId="47055D55" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>27 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B323909" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15527,83 +15527,83 @@
               </w:rPr>
               <w:t>w sprawie realizacji pozamilitarnych przygotowań obronnych na szczeblu samorządu województwa świętokrzyskiego w 2025 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20C2B8E8" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="3CED91AC" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="3CED91AC" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BD4DFBD" w14:textId="0E67EDED" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>14/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40984468" w14:textId="6E1A6DA6" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>27 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C850F17" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15628,83 +15628,83 @@
           <w:p w14:paraId="07A0BFDF" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc zarządzenie nr 70/24 Marszałka Województwa Świętokrzyskiego z dnia 12 czerwca 2024 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Departamentu Turystyki, Sportu i Spraw Zagranicznych Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="084C51C8" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="084C51C8" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00FA4E27" w14:textId="66FBB63C" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>15/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D94D967" w14:textId="39501C29" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>28 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="726516D6" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15739,83 +15739,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie Nr 143/24 Marszałka Województwa Świętokrzyskiego z dnia 10 października 2024 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Departamentu Organizacyjnego i Kadr Urzędu Marszałkowskiego Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="44532D64" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="44532D64" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72EA2CD6" w14:textId="40055DC8" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>16/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CC6FD03" w14:textId="1F540177" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>29 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E52BE4" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15831,83 +15831,83 @@
               </w:rPr>
               <w:t>w sprawie zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AD18E77" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="6B2D884E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="6B2D884E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46013E14" w14:textId="7C4E7CF0" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>17/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38B75C8F" w14:textId="1FB24470" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>30 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D66A4E0" w14:textId="3D7DE9AD" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -15923,83 +15923,83 @@
               </w:rPr>
               <w:t xml:space="preserve">w sprawie ustalenia średnich miesięcznych wydatków przeznaczonych na utrzymanie dziecka w Regionalnej Placówce Opiekuńczo-Terapeutycznej w Kazimierzy Wielkiej w 2025 roku. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15D017CB" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="39A7BA97" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="39A7BA97" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CD31611" w14:textId="18BE5C92" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>18/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59025C39" w14:textId="224B69D7" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 stycznia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A98CC93" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16015,83 +16015,83 @@
               </w:rPr>
               <w:t xml:space="preserve">w sprawie ustalenia zakresu danych, terminu i sposobu przekazywania informacji niezbędnych do opracowania Raportu o stanie województwa świętokrzyskiego. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62ED0362" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="252283E6" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="252283E6" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72AE1396" w14:textId="70C651A2" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>19/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B324E71" w14:textId="6F4DF75F" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73F7FCB8" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16107,83 +16107,83 @@
               </w:rPr>
               <w:t xml:space="preserve">zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BA71D7A" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="41B392FD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00123F92" w:rsidRPr="00716511" w14:paraId="41B392FD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="382AD955" w14:textId="738E669C" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>20/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EE0765B" w14:textId="4EAF7DE7" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>11 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64297126" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00716511" w:rsidRDefault="00123F92" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16199,83 +16199,83 @@
               </w:rPr>
               <w:t>w sprawie powołania członków Wojewódzkiej Rady Rynku Pracy na kadencję obejmująca lata 2025-2029.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24E6B4D2" w14:textId="77777777" w:rsidR="00123F92" w:rsidRPr="00496BFE" w:rsidRDefault="00123F92" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="6C0543D1" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="6C0543D1" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F8C1DB9" w14:textId="79AC5E1A" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>21/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D5D3CA4" w14:textId="2560658D" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CEC31ED" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16291,83 +16291,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C441C7A" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00496BFE" w:rsidRDefault="00337C1E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="15B18526" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="15B18526" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21079E6A" w14:textId="62BD9B44" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>22/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C551B27" w14:textId="16A49063" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27FF8E6C" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16636,83 +16636,83 @@
               <w:t xml:space="preserve">. z.U.2024.1210 z </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>późn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. zm.).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="3536302E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="3536302E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="564DC99C" w14:textId="67F63CEB" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>23/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="013C5877" w14:textId="2F487CD8" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>13 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="031A8B33" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16728,83 +16728,83 @@
               </w:rPr>
               <w:t>zmieniany Zarządzenia Nr 96/24 Marszałka Województwa Świętokrzyskiego z dnia 17 lipca 2024 r. w sprawie: powołania członków Świętokrzyskiej Rady Działalności Pożytku Publicznego VI kadencji 2024-2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C5ADF53" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00496BFE" w:rsidRDefault="00337C1E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="5A7C1529" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="5A7C1529" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AE328AA" w14:textId="631D45DB" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>24/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="779C030B" w14:textId="66B7FB03" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>18 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="372DBA34" w14:textId="628601FE" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16867,83 +16867,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie Nr 80/23 Marszałka Województwa Świętokrzyskiego z dnia 5 czerwca 2023 r. w sprawie wyznaczenia Koordynatorów do spraw dostępności oraz powołania Zespołu Zadaniowego do spraw dostępności w Urzędzie Marszałkowskim Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>w Kielcach</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="1076D990" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="1076D990" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6544A786" w14:textId="68078A22" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>25/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15DBB386" w14:textId="7D07DE1F" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2882C81D" w14:textId="142EB5FC" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -16987,83 +16987,83 @@
               </w:rPr>
               <w:t>w Kielcach, z późniejszymi zmianami.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C43CF5C" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00496BFE" w:rsidRDefault="00337C1E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="76D704EA" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00337C1E" w:rsidRPr="00716511" w14:paraId="76D704EA" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A851452" w14:textId="271B8AA7" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>26/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E6971AC" w14:textId="28E6F152" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>21 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E3A8BD4" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00716511" w:rsidRDefault="00337C1E" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17079,83 +17079,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="371334A2" w14:textId="77777777" w:rsidR="00337C1E" w:rsidRPr="00496BFE" w:rsidRDefault="00337C1E" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="5B427B0C" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="5B427B0C" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57F08E3C" w14:textId="0F2D8A6F" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>27/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="428D74C1" w14:textId="6CABF123" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>24 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47C4EB9A" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17171,83 +17171,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="688F4477" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="02A286BC" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="02A286BC" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="207751D4" w14:textId="08C71DF3" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>28/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C8AFD05" w14:textId="075612EA" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>26 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B197BD7" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17263,83 +17263,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BB0A479" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="3E38419E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="3E38419E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3017866E" w14:textId="7F3DE66E" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>29/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="118D0348" w14:textId="32049A4A" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>28 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69C3990D" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17364,83 +17364,83 @@
           <w:p w14:paraId="0FD374E5" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie Nr 23/24 Marszałka Województwa Świętokrzyskiego z dnia 1 lutego 2024 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Kancelarii Sejmiku w Urzędzie Marszałkowskim Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="71763728" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="71763728" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F3A2EBB" w14:textId="600D3D1A" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>30/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="461F77BA" w14:textId="20B9E351" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>28 lutego 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4040F276" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17465,83 +17465,83 @@
           <w:p w14:paraId="16A2752F" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie Nr 10/24 Marszałka Województwa Świętokrzyskiego z dnia 16 stycznia 2024 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Gabinetu Marszałka Województwa Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="1731B180" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="1731B180" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F2EE461" w14:textId="431869AA" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>31/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24FC37FA" w14:textId="3CFC8ED6" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AFC4A62" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17557,83 +17557,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BBE8644" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="7DD7507B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="7DD7507B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68734A53" w14:textId="51A46E73" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>32/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29F72F4A" w14:textId="3DA59333" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ADDFB42" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17658,83 +17658,83 @@
           <w:p w14:paraId="00FCD07F" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie nr 182/2021 Marszałka Województwa Świętokrzyskiego z dnia 29 grudnia 2021 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="1C15CDB4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="1C15CDB4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48376F4D" w14:textId="40F54DFE" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>33/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11B5C2A7" w14:textId="5BBCBBC7" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>11 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04F946CE" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17770,83 +17770,83 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie nr 92/24 z dnia 16 lipca 2024 roku w sprawie ustalenia zasad dofinansowania z budżetu Województwa Świętokrzyskiego zadań określonych w ustawie o ochronie gruntów rolnych i leśnych</w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="2B3AF12A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="2B3AF12A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B812AD1" w14:textId="46C38322" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>34/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75543EC8" w14:textId="7B5A4629" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF97AF6" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17892,83 +17892,83 @@
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">„Identyfikacji </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Wizualnej Urzędu Marszałkowskiego Województwa Świętokrzyskiego”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="36B4C858" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="36B4C858" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F42B566" w14:textId="5780F813" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>35/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D35B511" w14:textId="22259F5F" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60700AB1" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -17984,83 +17984,83 @@
               </w:rPr>
               <w:t xml:space="preserve">zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45570703" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00496BFE" w:rsidRDefault="00245817" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="300847CD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00245817" w:rsidRPr="00716511" w14:paraId="300847CD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5076B208" w14:textId="5A7AE795" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>36/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7498C37B" w14:textId="6404CFBA" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>13 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23903913" w14:textId="77777777" w:rsidR="00245817" w:rsidRPr="00716511" w:rsidRDefault="00245817" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18131,83 +18131,83 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6EEA5D40" w14:textId="14619523" w:rsidR="00181A6D" w:rsidRPr="00496BFE" w:rsidRDefault="00181A6D" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="4BE91E78" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="4BE91E78" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="540B0FC0" w14:textId="1DA77157" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>37/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="476811C4" w14:textId="381214A9" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>17 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E7E5DF2" w14:textId="7BE50926" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18237,83 +18237,83 @@
               </w:rPr>
               <w:t>do przeprowadzenia egzaminów kończących kursy z zakresu przewozu towarów niebezpiecznych oraz wydawania zaświadczeń ADR i ich wtórników”, przyjętego Zarządzeniem Nr 101/24 Marszałka Województwa Świętokrzyskiego z dnia 18 lipca 2024 roku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50E713A2" w14:textId="77777777" w:rsidR="00157AC9" w:rsidRPr="00496BFE" w:rsidRDefault="00157AC9" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="6A7B8380" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="6A7B8380" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4942BBA8" w14:textId="03816AF0" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>38/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2026029C" w14:textId="28AF5A3B" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D3EE7B2" w14:textId="3EA2856A" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18343,83 +18343,83 @@
               </w:rPr>
               <w:t>się do znaku B-18 „20t” w zakresie wykraczającym poza istniejące wyłączenie określone znakami drogowymi na DW 761 od granicy miasta Kielce do węzła drogowego S7 Kielce Jaworznia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="214B8D61" w14:textId="77777777" w:rsidR="00157AC9" w:rsidRPr="00496BFE" w:rsidRDefault="00157AC9" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="54835389" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="54835389" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F70A75C" w14:textId="1ACEE340" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>39/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FD13071" w14:textId="6A25642B" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3976D5FF" w14:textId="57DE07EC" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18449,83 +18449,83 @@
               </w:rPr>
               <w:t>się do znaku B-18 „10t” w zakresie wykraczającym poza istniejące wyłączenie określone znakami drogowymi na DW 750 /od DK74/ Ćmińsk – Zagnańsk - Barcza /do S7/.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EFC6A36" w14:textId="77777777" w:rsidR="00157AC9" w:rsidRPr="00496BFE" w:rsidRDefault="00157AC9" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="21B99CE0" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="21B99CE0" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D289845" w14:textId="7A37A885" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>40/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29665F51" w14:textId="3780C48D" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C934107" w14:textId="7BE2D0A8" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18568,83 +18568,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie Nr 106/23 Marszałka Województwa </w:t>
             </w:r>
             <w:r w:rsidR="006A6223" w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ś</w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>więtokrzyskiego z dnia 30 sierpnia 2023 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="1D7B112F" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00157AC9" w:rsidRPr="00716511" w14:paraId="1D7B112F" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68C3FFC2" w14:textId="5D682316" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>41/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4237B322" w14:textId="62012385" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DDFEA47" w14:textId="77777777" w:rsidR="00157AC9" w:rsidRPr="00716511" w:rsidRDefault="00157AC9" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18660,83 +18660,83 @@
               </w:rPr>
               <w:t>zmieniające zarządzenie w sprawie zespołu do spraw oceny ryzyka wystąpienia nadużyć finansowych związanych z wdrażaniem programów regionalnych Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="422B9835" w14:textId="77777777" w:rsidR="00157AC9" w:rsidRPr="00496BFE" w:rsidRDefault="00157AC9" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="2203B606" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="2203B606" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EC8206A" w14:textId="3BC98DE1" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>42/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E904C62" w14:textId="6AFA3CE9" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00CF4F8E" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18752,83 +18752,83 @@
               </w:rPr>
               <w:t>W sprawie zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C2BA91E" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="65EBA0CA" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="65EBA0CA" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="036AC628" w14:textId="2D34B8AF" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>43/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3240B0AE" w14:textId="649993ED" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>24 marca 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76C6D19F" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18844,83 +18844,83 @@
               </w:rPr>
               <w:t>W sprawie zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4464B11E" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="3F53F127" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="3F53F127" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B845DDF" w14:textId="64A707AC" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>44/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4011EA7C" w14:textId="2938C15A" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>26 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A5D72EA" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -18936,83 +18936,83 @@
               </w:rPr>
               <w:t>W sprawie powołania Zespołu Wdrożeniowego (dalej Zespół) do wdrożenia i utrzymania systemu EZD RP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E0E22A5" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="17C587BB" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="17C587BB" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12573D83" w14:textId="3D16461B" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>45/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37DF83FC" w14:textId="24C9C75A" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14D739A2" w14:textId="1C9CF6A3" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19074,83 +19074,83 @@
           <w:p w14:paraId="4097B9F3" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>z dnia 31 marca 2022 r., otrzymuje brzmienie określone w załączniku do niniejszego zarządzenia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="7A681488" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="7A681488" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FF4CC5B" w14:textId="2AA07019" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>46/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D50741C" w14:textId="78451833" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="528320BA" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19185,83 +19185,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie nr 94/22 Marszałka Województwa Świętokrzyskiego z dnia 18 lipca 2022 r. w sprawie wprowadzenia regulaminu użytkowania systemu elektronicznej rejestracji czasu pracy w Urzędzie Marszałkowskim </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="46863E57" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="46863E57" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05E89A4C" w14:textId="0BAD19CE" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>47/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="477416DF" w14:textId="13D288B7" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>26 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B9E4ADE" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19277,83 +19277,83 @@
               </w:rPr>
               <w:t>W sprawie zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12AB0908" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="376B38B1" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="376B38B1" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27125F8E" w14:textId="260936BE" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>48/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06E89D29" w14:textId="02EEA6E7" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5798CBE4" w14:textId="00ECE169" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19497,83 +19497,83 @@
           <w:p w14:paraId="407DDBEF" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>niniejszego zarządzenia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="1853C99B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="1853C99B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="276AA21D" w14:textId="02684715" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>49/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40D9F4C6" w14:textId="2EA61516" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0490194A" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19589,83 +19589,83 @@
               </w:rPr>
               <w:t>Ustalenie szczegółowych zasad funkcjonowania Departamentu IT Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2726D8B1" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="24AECA7C" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="24AECA7C" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616A07D6" w14:textId="3B4DA20C" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>50/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BBB965A" w14:textId="3B1CD155" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2683CCF8" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19689,83 +19689,83 @@
               <w:br/>
               <w:t xml:space="preserve">w Rzeczypospolitej Polskiej. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="295B0A81" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="49A7AA6A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="49A7AA6A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="609AC5CB" w14:textId="7D03FEBC" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>51/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA2F947" w14:textId="5D68C9BD" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0341EE4A" w14:textId="1A9030E5" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19814,83 +19814,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie nr 137/24 Marszałka Województwa Świętokrzyskiego z dnia 2 października 2024 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Departamentu Wdrażania Europejskiego Funduszu Społecznego Urzędu Marszałkowskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="2C8E2B70" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="2C8E2B70" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40417402" w14:textId="21F96264" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>52/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A0C3FDA" w14:textId="44E817E4" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>31 marca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32FA60D8" w14:textId="28B07A11" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19920,83 +19920,83 @@
               </w:rPr>
               <w:t>a także postępowania z uchwałami po przyjęciu ich przez Sejmik.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A61FF5B" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="1E34A487" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="1E34A487" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6525384F" w14:textId="71A2AAA9" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>53/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FEE199F" w14:textId="06761FAF" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C59CA51" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20012,83 +20012,83 @@
               </w:rPr>
               <w:t>W sprawie zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BB3724C" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="490B0EFD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="490B0EFD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64989D7E" w14:textId="608AD006" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>54/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DDECB6E" w14:textId="58152E96" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="772F20EF" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20154,83 +20154,83 @@
           <w:p w14:paraId="499A8C74" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24 stycznia 202 4 roku w sprawie powołania Zespołu ds. rewitalizacji.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="39E81F9B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="39E81F9B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="484AD960" w14:textId="0089F226" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>55/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A820D11" w14:textId="534BCD0F" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A3C332B" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20255,83 +20255,83 @@
           <w:p w14:paraId="2283EB57" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie Nr 134/22 Marszałka Województwa Świętokrzyskiego z dnia 8 listopada 2022 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="23E9A90D" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="23E9A90D" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19113D3A" w14:textId="52A80CFD" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>56/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45668B39" w14:textId="7DA84CBB" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09F7E98B" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20356,83 +20356,83 @@
           <w:p w14:paraId="06C73930" w14:textId="77777777" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="00B6644B" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie Nr 96/23 Marszałka Województwa Świętokrzyskiego z dnia 12 lipca 2023 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="516415D0" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="516415D0" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56071D8E" w14:textId="46169B98" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>57/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A05B583" w14:textId="2E000052" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78115620" w14:textId="61B30508" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20478,83 +20478,83 @@
           <w:p w14:paraId="4C220D46" w14:textId="49CEBDB8" w:rsidR="00B6644B" w:rsidRPr="00496BFE" w:rsidRDefault="006A6223" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc Zarządzenie Nr 15/25 Marszałka Województwa Świętokrzyskiego z dnia 28 stycznia 2025 r. w sprawie ustalenia szczegółowych zasad funkcjonowania Departamentu Organizacyjnego i Kadr Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="346CC7B4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B6644B" w:rsidRPr="00716511" w14:paraId="346CC7B4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07A5AF2C" w14:textId="598D97C6" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>58/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A3DDFF5" w14:textId="15A217C2" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00B6644B" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32C5A3F4" w14:textId="22FABB27" w:rsidR="00B6644B" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20596,83 +20596,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie nr 46/25 Marszałka Województwa Świętokrzyskiego z dnia 25 marca 2025 r. w sprawie wprowadzenia regulaminu </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>użytkowania systemu elektronicznej rejestracji czasu pracy w Urzędzie Marszałkowskim Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="10CA1B4D" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="10CA1B4D" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79235E6D" w14:textId="31A4D7B0" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>59/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CEA7102" w14:textId="2B441457" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28FE4BD8" w14:textId="4B3EA8CB" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -20695,83 +20695,83 @@
               </w:rPr>
               <w:t>miana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EB06972" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="2A0B0276" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="2A0B0276" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34860721" w14:textId="241DF517" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>60/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14CC52A2" w14:textId="00B5C76E" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -20802,83 +20802,83 @@
           <w:p w14:paraId="53241373" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc zarządzenie Nr 127/23 Marszałka Województwa Świętokrzyskiego z dnia 17 października 2023 r. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="3B983DFB" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="3B983DFB" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="036A40FD" w14:textId="139CA191" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r w:rsidRPr="00716511">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>61/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E4BCE67" w14:textId="50080EDB" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -20907,83 +20907,83 @@
               </w:rPr>
               <w:t>miana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16B1BC79" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="6A64001E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="6A64001E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A8E9FB9" w14:textId="13D65F1F" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>62/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C92585F" w14:textId="48029721" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21012,83 +21012,83 @@
               </w:rPr>
               <w:t>miana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27BBCAE8" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="4018D5B4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="4018D5B4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="196576F0" w14:textId="58C026E9" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>63/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64908836" w14:textId="500C176C" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00C215DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21134,83 +21134,83 @@
           <w:p w14:paraId="3364E102" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Uchyla się zarządzenie Marszałka Województwa Świętokrzyskiego Nr 172/24 z dnia 16 grudnia 2024 roku. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="272FA46D" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="272FA46D" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13CB3B47" w14:textId="2AA60475" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>64/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76ADC0F2" w14:textId="1E52E5B5" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00C215DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21248,83 +21248,83 @@
           <w:p w14:paraId="0099CBE4" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc zarządzenie Nr 115/23 Marszałka Województwa Świętokrzyskiego z dnia 8 września 2023r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="4B61500A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="4B61500A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69C3B5B7" w14:textId="78A11BA0" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>65/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="141F2F86" w14:textId="4951884B" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21353,83 +21353,83 @@
               </w:rPr>
               <w:t xml:space="preserve">miana Zarządzenia 20/2025 Marszałka Województwa Świętokrzyskiego z dnia 11 lutego 2025 r. w sprawie powołania członków Wojewódzkiej Rady Rynku Pracy na kadencję obejmująca lata 2051-2029.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="355650AA" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="66654F11" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="66654F11" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F487801" w14:textId="564C2B16" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>66/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A30BF8A" w14:textId="3514158A" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21458,83 +21458,83 @@
               </w:rPr>
               <w:t>miana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F8D9A4D" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="439DA0FD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00716511" w:rsidRPr="00716511" w14:paraId="439DA0FD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579729DF" w14:textId="5097D2D4" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r w:rsidRPr="00106F77">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>67/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D2E4306" w14:textId="631466FC" w:rsidR="00716511" w:rsidRPr="00716511" w:rsidRDefault="00716511" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="00716511">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21570,83 +21570,83 @@
               </w:rPr>
               <w:t>w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C0A564D" w14:textId="77777777" w:rsidR="00716511" w:rsidRPr="00496BFE" w:rsidRDefault="00716511" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="172E6C9C" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="172E6C9C" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E6DE6FD" w14:textId="120435A9" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r w:rsidRPr="00766D34">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>68/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29434311" w14:textId="7D3356DB" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>23 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14709DC6" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="002D0C32" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21661,83 +21661,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F616A0E" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="0F881196" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="0F881196" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B09681F" w14:textId="68E7370F" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r w:rsidRPr="00766D34">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>69/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62EC6A17" w14:textId="3598160E" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>23 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22AEE5E0" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="002D0C32" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21759,83 +21759,83 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AB57CF8" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="54886319" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="54886319" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721752A6" w14:textId="46E19A64" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r w:rsidRPr="00766D34">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>70/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03CA9C20" w14:textId="2692F2BA" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>23 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ED427CF" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="002A3ACE" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21857,83 +21857,83 @@
               </w:rPr>
               <w:t xml:space="preserve"> Zespołu ds. koordynowania kontroli zarządczej w Urzędzie Marszałkowskim Województwa Świętokrzyskiego w Kielcach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C07DBCE" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="6193DB4A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="6193DB4A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F4E9A44" w14:textId="22321EF9" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r w:rsidRPr="00A84A60">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>71/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5580D08F" w14:textId="6E7682AA" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>24 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49CDDE15" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="002A3ACE" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21948,83 +21948,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79CDA730" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="5657B30E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="5657B30E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="005093A8" w14:textId="2616F022" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r w:rsidRPr="00A84A60">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>72/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E3D4B7B" w14:textId="537F9D55" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>29 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0085710D" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="008B2A7B" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -22053,83 +22053,83 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A4EA68A" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="403FECF2" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="403FECF2" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D7D0AE5" w14:textId="13320D77" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r w:rsidRPr="00A84A60">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>73/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4117DD71" w14:textId="61C39D2B" w:rsidR="00957EA1" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>30 kwietnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B970168" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="008B2A7B" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -22144,83 +22144,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B1DC5F3" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="27051D45" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00957EA1" w:rsidRPr="00F546BC" w14:paraId="27051D45" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F71C884" w14:textId="1DBA236B" w:rsidR="00957EA1" w:rsidRPr="00A21226" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>74/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B267087" w14:textId="2245BC10" w:rsidR="00957EA1" w:rsidRPr="00A21226" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A21226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CB7DF8F" w14:textId="07A03288" w:rsidR="00957EA1" w:rsidRPr="00A21226" w:rsidRDefault="00957EA1" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -22245,83 +22245,83 @@
           <w:p w14:paraId="050835D0" w14:textId="77777777" w:rsidR="00957EA1" w:rsidRPr="00496BFE" w:rsidRDefault="00957EA1" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc zarządzenie nr 128/2020 Marszałka Województwa Świętokrzyskiego z dnia 9 lipca 2020 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="6790631B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="6790631B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53E01B0A" w14:textId="47DBC6EB" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>75/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="577A4205" w14:textId="1397C09E" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E618B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0843AF88" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -22337,83 +22337,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B1B598" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="30D36995" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="30D36995" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2936E950" w14:textId="6A0349B4" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>76/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AA1681F" w14:textId="08294773" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E618B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D2440BB" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -22429,83 +22429,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52D42D1C" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="7AA97DF1" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="7AA97DF1" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39864DE0" w14:textId="6B549C9D" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>77/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70664E8F" w14:textId="3F333915" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E618B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FE0A908" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -22521,83 +22521,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08C14CBC" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="00A4978B" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="00A4978B" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="535188DA" w14:textId="7750BE64" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>78/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79FBE83C" w14:textId="45AB0190" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E618B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50094C38" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -22613,83 +22613,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FBDD517" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="7BA0C59A" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="7BA0C59A" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45566E36" w14:textId="1100E26C" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>79/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FCEE8BC" w14:textId="0B5339E4" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00A21226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -22711,83 +22711,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DD97D17" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="22F7F902" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="22F7F902" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61C99483" w14:textId="7C82007E" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>80/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D535144" w14:textId="2FBE6948" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00A21226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -22809,83 +22809,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408E0238" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="3DFFB689" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A21226" w:rsidRPr="00FA706A" w14:paraId="3DFFB689" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E189353" w14:textId="052C008E" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r w:rsidRPr="00A21226">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>81/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FD8A993" w14:textId="2E7430BD" w:rsidR="00A21226" w:rsidRPr="00A21226" w:rsidRDefault="00A21226" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00A21226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -22921,83 +22921,83 @@
               </w:rPr>
               <w:t>9 stycznia 2025 r. w sprawie ustalenia dnia wolnego od pracy w 2025 r. dla pracowników Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12861C7E" w14:textId="77777777" w:rsidR="00A21226" w:rsidRPr="00496BFE" w:rsidRDefault="00A21226" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="404143F9" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="404143F9" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2102FC6A" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r w:rsidRPr="00905EE8">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>82/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A9A3911" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>21 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598BEA63" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="009D3CFB" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23012,83 +23012,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67ABAE0E" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="4A073DA4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="4A073DA4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22D98F16" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r w:rsidRPr="00905EE8">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>83/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F52FA7D" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>23 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D60496D" w14:textId="54419EDD" w:rsidR="00823EDC" w:rsidRPr="009D3CFB" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23124,83 +23124,83 @@
               </w:rPr>
               <w:t>w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71EDC764" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="16FA4581" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="16FA4581" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12D48F3A" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r w:rsidRPr="00905EE8">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>84/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F8764F4" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>27 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0838F063" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23215,83 +23215,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B6AB04E" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="3BBC7871" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="3BBC7871" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A491CF0" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r w:rsidRPr="00905EE8">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>85/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01E7EA13" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>28 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390B87EF" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="009D3CFB" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23306,83 +23306,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A6ABC0A" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="6DB3CF1F" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="6DB3CF1F" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4865525B" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r w:rsidRPr="00630468">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>86/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72153596" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630468">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>28 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32B5B51A" w14:textId="70AB97DE" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23404,83 +23404,83 @@
               </w:rPr>
               <w:t>Gabinetu Marszałka Województwa Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FF178CA" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="3103CEDF" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="3103CEDF" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="261DCE47" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r w:rsidRPr="00630468">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>87/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="607F3090" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630468">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A76FC0D" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23495,83 +23495,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11B03C3E" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00496BFE" w:rsidRDefault="00823EDC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="10B9C7B5" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00823EDC" w:rsidRPr="00FA706A" w14:paraId="10B9C7B5" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A240B43" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r w:rsidRPr="00630468">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>88/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53D109C4" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630468">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6 maja 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15708AEF" w14:textId="77777777" w:rsidR="00823EDC" w:rsidRPr="00630468" w:rsidRDefault="00823EDC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23603,80 +23603,80 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc zarządzenie nr 206/2020 Marszałka Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>z dnia 25 listopada 2020 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="50298CBD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="50298CBD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E25D13C" w14:textId="02B9B417" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r w:rsidRPr="00CF4EFC">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>89/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BD8ADB6" w14:textId="44B285A2" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>11 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="328CDA76" w14:textId="5990D06F" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23690,80 +23690,80 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60A5B54F" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00496BFE" w:rsidRDefault="00CF4EFC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="61E848CD" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="61E848CD" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6508FDDC" w14:textId="0CA14314" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r w:rsidRPr="00CF4EFC">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>90/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24FFBA8A" w14:textId="46902353" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01A3FCE7" w14:textId="2A4A1AAE" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -23803,80 +23803,80 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc Zarządzenie nr 162/21 Marszałka Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>z dnia 25 listopada 2021 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="71F30AB4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00FA706A" w14:paraId="71F30AB4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273DC24B" w14:textId="3D223E4F" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r w:rsidRPr="00630468">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>91/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="075382ED" w14:textId="50917B00" w:rsidR="00CF4EFC" w:rsidRPr="00630468" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00630468">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">czerwca </w:t>
@@ -23926,83 +23926,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc zarządzenie nr 50/2022 Marszałka Województwa Świętokrzyskiego z dnia 6 kwietnia 2022 r. w sprawie ustalenia Regulaminu pracy Urzędu Marszałkowskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00843F3D" w14:paraId="21802D21" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00843F3D" w14:paraId="21802D21" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EF5E730" w14:textId="620072F6" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r w:rsidRPr="00CF4EFC">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>92/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AB2FA07" w14:textId="0FBD69C0" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>17 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F2E8CFF" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00843F3D" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24056,83 +24056,83 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc zarządzenie nr 147/24 Marszałka Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>z dnia 21 października 2024 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w14:paraId="323770F8" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w14:paraId="323770F8" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D50001D" w14:textId="267E0A16" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r w:rsidRPr="00CF4EFC">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>93/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11212A0F" w14:textId="708EB2AE" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>18 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40574CE7" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24146,83 +24146,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="702E1062" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00496BFE" w:rsidRDefault="00CF4EFC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w14:paraId="5025A69C" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w14:paraId="5025A69C" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13F5AD31" w14:textId="453FD513" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r w:rsidRPr="001E187C">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>94/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5301F522" w14:textId="2D69A570" w:rsidR="00CF4EFC" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>23 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D260C5F" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00DF7F8B" w:rsidRDefault="00CF4EFC" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24236,83 +24236,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07B54506" w14:textId="77777777" w:rsidR="00CF4EFC" w:rsidRPr="00496BFE" w:rsidRDefault="00CF4EFC" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w14:paraId="5AB2B92F" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w14:paraId="5AB2B92F" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B157430" w14:textId="71D46749" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r w:rsidRPr="00A257A3">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>95/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31174A54" w14:textId="236A8FA2" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="658B39C7" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24326,83 +24326,83 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29346927" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00496BFE" w:rsidRDefault="00A257A3" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w14:paraId="47C2F56E" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w14:paraId="47C2F56E" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15772CDF" w14:textId="24907CE3" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r w:rsidRPr="00A257A3">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>96/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="180136F7" w14:textId="4C3EE1D5" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>26 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01A64DF1" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00DF7F8B" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24455,83 +24455,83 @@
           <w:p w14:paraId="41327518" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00496BFE" w:rsidRDefault="00A257A3" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">z dnia 22 listopada 2022 r. oraz Zarządzenie nr 157/23 Marszałka Województwa Świętokrzyskiego z dnia 14 grudnia 2023 r. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A257A3" w14:paraId="63E2FD0D" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A257A3" w14:paraId="63E2FD0D" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D4E6364" w14:textId="6CE6B2F5" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r w:rsidRPr="00A257A3">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>97/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6347B26A" w14:textId="3534F8F0" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>30 czerwca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50948A76" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -24545,86 +24545,86 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D90B7AB" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00496BFE" w:rsidRDefault="00A257A3" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A257A3" w14:paraId="09567604" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00A257A3" w14:paraId="09567604" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1612C526" w14:textId="2E5B9D2D" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r w:rsidRPr="00A257A3">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>98/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69220C15" w14:textId="6458940F" w:rsidR="00A257A3" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A367431" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00B24A42" w:rsidRDefault="00A257A3" w:rsidP="000E4BD0">
             <w:pPr>
@@ -24641,97 +24641,97 @@
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76147196" w14:textId="77777777" w:rsidR="00A257A3" w:rsidRPr="00496BFE" w:rsidRDefault="00A257A3" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D03B6" w14:paraId="67060D95" w14:textId="4275C89E" w:rsidTr="0025232E">
+      <w:tr w:rsidR="002D03B6" w14:paraId="67060D95" w14:textId="4275C89E" w:rsidTr="00606240">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A562CEB" w14:textId="5A09DE99" w:rsidR="002D03B6" w:rsidRDefault="002D03B6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r w:rsidRPr="002D03B6">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>99/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172258A1" w14:textId="0D938451" w:rsidR="002D03B6" w:rsidRDefault="002D03B6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9 lipca</w:t>
             </w:r>
             <w:r w:rsidR="00583FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24759,482 +24759,482 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B9E31B6" w14:textId="77777777" w:rsidR="002D03B6" w:rsidRPr="00496BFE" w:rsidRDefault="002D03B6" w:rsidP="00496BFE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FD6" w14:paraId="58A8D83F" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00583FD6" w14:paraId="58A8D83F" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BA8CCCA" w14:textId="115D7654" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r w:rsidRPr="00583FD6">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>100/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55C53407" w14:textId="37CD143F" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0969D7CC" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00CF7429" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
+          <w:p w14:paraId="0969D7CC" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00CF7429" w:rsidRDefault="00583FD6" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C886C20" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00496BFE" w:rsidRDefault="00583FD6" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FD6" w14:paraId="2407EEAF" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00583FD6" w14:paraId="2407EEAF" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="607CD3CF" w14:textId="1F1C73D0" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r w:rsidRPr="009371F2">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>101/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FD68DC2" w14:textId="5913BCEF" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>21 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="550911FC" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00744C2B" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
+          <w:p w14:paraId="550911FC" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00744C2B" w:rsidRDefault="00583FD6" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>przygotowania i przeprowadzenia doskonalącego wojewódzkiego samorządowego ćwiczenia obronnego z elementami zarządzania kryzysowego i ochrony ludności pod kryptonimem SAMORZĄD-25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5803C776" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00496BFE" w:rsidRDefault="00583FD6" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FD6" w14:paraId="21E7F5E4" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00583FD6" w14:paraId="21E7F5E4" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F5C69DE" w14:textId="5B9F37A9" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r w:rsidRPr="009371F2">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>102/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77564F9F" w14:textId="60A461A5" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>22 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45398F22" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00744C2B" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
+          <w:p w14:paraId="45398F22" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00744C2B" w:rsidRDefault="00583FD6" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22814">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ustalenia szczegółowych zasad funkcjonowania Departamentu Edukacji, Kultury i Sportu Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C34D54E" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00496BFE" w:rsidRDefault="00583FD6" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traci moc zarządzenie nr 70/24 Marszałka Województwa Świętokrzyskiego z dnia 12 czerwca 2024 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FD6" w:rsidRPr="00A22814" w14:paraId="487B196F" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00583FD6" w:rsidRPr="00A22814" w14:paraId="487B196F" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AD0FC86" w14:textId="13696CA9" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r w:rsidRPr="009371F2">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>103/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E749293" w14:textId="0E0D7EB8" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7927C879" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00A22814" w:rsidRDefault="00583FD6" w:rsidP="00D33A23">
+          <w:p w14:paraId="7927C879" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00A22814" w:rsidRDefault="00583FD6" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00657399">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiany Zarządzenia Nr 164/24 Marszałka Województwa Świętokrzyskiego z dnia 28 listopada 2024 r. w sprawie zasad korzystania z samochodów służbowych oraz prywatnych do celów służbowych w Urzędzie Marszałkowskim Województwa Świętokrzyskiego zmienionego zarządzeniem nr 6/25 Marszałka Województwa Świętokrzyskiego z dnia 14 stycznia 2025 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0642B735" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00496BFE" w:rsidRDefault="00583FD6" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FD6" w:rsidRPr="00A22814" w14:paraId="2D31B4FC" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00583FD6" w:rsidRPr="00A22814" w14:paraId="2D31B4FC" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="358BA578" w14:textId="1CDB2C57" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r w:rsidRPr="009371F2">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>104/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4957C6E2" w14:textId="68EA2BE6" w:rsidR="00583FD6" w:rsidRDefault="00583FD6" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4775A138" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00657399" w:rsidRDefault="00583FD6" w:rsidP="00D33A23">
+          <w:p w14:paraId="4775A138" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00657399" w:rsidRDefault="00583FD6" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70336">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">składu Zespołu Zadaniowego powołanego w celu prowadzenia prac przygotowawczych i złożenia wniosku o dofinansowanie oraz realizacji projektu priorytetowego pn.: „Informatyzacja Placówek Medycznych Województwa Świętokrzyskiego - II” ujętego w wykazie projektów planowanych do wyboru w sposób niekonkurencyjny w ramach programu regionalnego Fundusze Europejskie dla Świętokrzyskiego 2021-2027 przyjętego Uchwałą nr 761/24 przez Zarząd Województwa Świętokrzyskiego w dniu 18.09.2024 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">r. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25244,230 +25244,230 @@
           <w:p w14:paraId="06B6C860" w14:textId="77777777" w:rsidR="00583FD6" w:rsidRPr="00496BFE" w:rsidRDefault="00583FD6" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Traci moc zarządzenie Nr 69/24 Marszałka Województwa Świętokrzyskiego z dnia 11 czerwca 2024 r. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4BD0" w14:paraId="2050B6F9" w14:textId="352F07D1" w:rsidTr="0025232E">
+      <w:tr w:rsidR="000E4BD0" w14:paraId="2050B6F9" w14:textId="352F07D1" w:rsidTr="00606240">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="244258AD" w14:textId="77A6D37C" w:rsidR="000E4BD0" w:rsidRPr="000E4BD0" w:rsidRDefault="000E4BD0" w:rsidP="000E4BD0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r w:rsidRPr="000E4BD0">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>105/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B2A8E2F" w14:textId="792AF554" w:rsidR="000E4BD0" w:rsidRPr="000E4BD0" w:rsidRDefault="000E4BD0" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E4BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30 lipca 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="588EBFD6" w14:textId="0AB8D8F9" w:rsidR="000E4BD0" w:rsidRPr="000E4BD0" w:rsidRDefault="000E4BD0" w:rsidP="00D33A23">
+          <w:p w14:paraId="588EBFD6" w14:textId="0AB8D8F9" w:rsidR="000E4BD0" w:rsidRPr="000E4BD0" w:rsidRDefault="000E4BD0" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>z</w:t>
             </w:r>
             <w:r w:rsidRPr="000E4BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>miana planu finansowego Urzędu Marszałkowskiego na 2025 rok</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="684BA741" w14:textId="77777777" w:rsidR="000E4BD0" w:rsidRPr="00496BFE" w:rsidRDefault="000E4BD0" w:rsidP="00496BFE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="23BD9296" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="23BD9296" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603DB3D7" w14:textId="20BF8E75" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="003B22AD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>106/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A2929E2" w14:textId="34E0B793" w:rsidR="00D33A23" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">8 sierpnia </w:t>
             </w:r>
             <w:r w:rsidR="00D33A23">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5838875C" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRPr="0024542A" w:rsidRDefault="00D33A23" w:rsidP="00D33A23">
+          <w:p w14:paraId="5838875C" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRPr="0024542A" w:rsidRDefault="00D33A23" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0092752A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="0092752A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -25475,311 +25475,311 @@
               </w:rPr>
               <w:t xml:space="preserve"> planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BADC079" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRPr="00496BFE" w:rsidRDefault="00D33A23" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="2EE0E253" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="2EE0E253" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AAD59E9" w14:textId="6C230608" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>107/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="275F1C2F" w14:textId="24478A3F" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00F30BE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06C8F711" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="0092752A" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
+          <w:p w14:paraId="06C8F711" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="0092752A" w:rsidRDefault="00181A6D" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024542A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66BAFF4C" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="00496BFE" w:rsidRDefault="00181A6D" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="3B86BC22" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="3B86BC22" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04574A38" w14:textId="6B73B1AB" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>108/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23C7056F" w14:textId="1304280F" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00F30BE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25284AEB" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="0092752A" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
+          <w:p w14:paraId="25284AEB" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="0092752A" w:rsidRDefault="00181A6D" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ustalenie</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED7B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> szczegółowych zasad funkcjonowania Departamentu Edukacji, Kultury i Sportu Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15CED9D0" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="00496BFE" w:rsidRDefault="00181A6D" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="5C38ADC6" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00181A6D" w:rsidRPr="00657399" w14:paraId="5C38ADC6" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AEC2757" w14:textId="0B2C0E49" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>109/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10ADF6EC" w14:textId="748DD3E9" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00F30BE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD82CB7" w14:textId="7A0873FA" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
+          <w:p w14:paraId="2DD82CB7" w14:textId="7A0873FA" w:rsidR="00181A6D" w:rsidRDefault="00181A6D" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>powołanie</w:t>
             </w:r>
             <w:r w:rsidRPr="00D64274">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Zespołu Zarządzającego do projektu pod nazwą </w:t>
             </w:r>
             <w:r w:rsidRPr="00D64274">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -25807,1105 +25807,3340 @@
               </w:rPr>
               <w:t xml:space="preserve"> współfinansowanego ze środków Europejskiego Funduszu Społecznego Plus (EFS+) realizowanego w ramach programu regionalnego Fundusze Europejskie dla Świętokrzyskiego 2021-2027, Priorytet 9. Usługi społeczne i zdrowotne, Działania 9.4 Zwiększenie dostępności usług społecznych i zdrowotnych.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5938343B" w14:textId="77777777" w:rsidR="00181A6D" w:rsidRPr="00496BFE" w:rsidRDefault="00181A6D" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="01910538" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="01910538" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="056F65D1" w14:textId="6547272C" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="003B22AD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>110/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DA1B116" w14:textId="2E24DEF6" w:rsidR="00D33A23" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19 sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F134845" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="00D33A23">
+          <w:p w14:paraId="5F134845" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ogłoszenie</w:t>
             </w:r>
             <w:r w:rsidRPr="00275FF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Konkursu ,,Pokaż Świętokrzyskie", ustalenia Regulaminu Konkursu oraz powołania członków Komisji oceny Zadania Konkursowego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01C87083" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRPr="00496BFE" w:rsidRDefault="00D33A23" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="7C1A5EB8" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00D33A23" w:rsidRPr="00657399" w14:paraId="7C1A5EB8" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3381EE98" w14:textId="1225BADB" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="003B22AD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r w:rsidRPr="00D33A23">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>111/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AAAFF01" w14:textId="1A3E9D17" w:rsidR="00D33A23" w:rsidRDefault="00181A6D" w:rsidP="00181A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>20 sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D057C21" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="00D33A23">
+          <w:p w14:paraId="2D057C21" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRDefault="00D33A23" w:rsidP="00F05268">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024542A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4677C701" w14:textId="77777777" w:rsidR="00D33A23" w:rsidRPr="00496BFE" w:rsidRDefault="00D33A23" w:rsidP="00496BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="585B3988" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="585B3988" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="003AC5F1" w14:textId="43EA66B5" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r w:rsidRPr="00B15F87">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>112/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69C857E9" w14:textId="7A65450B" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>25 sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E169AD" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0024542A" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
-            <w:pPr>
+          <w:p w14:paraId="45E169AD" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0024542A" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024542A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="739FE684" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="00657399" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="72691924" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="72691924" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EBAFFAE" w14:textId="2741AEBF" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r w:rsidRPr="00B15F87">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>113/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26EF97EB" w14:textId="07601241" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>27 sierpnia 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A3E6D1" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0024542A" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="50A3E6D1" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0024542A" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7902">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ADAAE9A" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="00657399" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="31DE9560" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="31DE9560" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44F67A0E" w14:textId="39AA3A6D" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r w:rsidRPr="00B15F87">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>114/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EB54E37" w14:textId="0BA8F5C6" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2 września 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8679BC" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="002F7902" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="4C8679BC" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="002F7902" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>wprowadzenie</w:t>
             </w:r>
             <w:r w:rsidRPr="008F3B1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Instrukcji gospodarowania składnikami majątkowymi i zasad odpowiedzialności za powierzone mienie w Urzędzie Marszałkowskim Województwa Świętokrzyskiego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DF8EE66" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="00657399" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="46976468" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="46976468" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="431540F1" w14:textId="7B556DCB" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r w:rsidRPr="00B15F87">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>115/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="216938D1" w14:textId="6BE95C35" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3 września.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB5668B" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="5CB5668B" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D08FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="362BBA50" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="00657399" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="649C0879" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="00657399" w14:paraId="649C0879" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F3BF5A" w14:textId="033A7CA8" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r w:rsidRPr="00377045">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>116/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A00A3CD" w14:textId="72834EB1" w:rsidR="00B15F87" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 września 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0598F3F3" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="003D08FB" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="0598F3F3" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="003D08FB" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D08FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>w sprawie podziału obowiązków między Radców Prawnych.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57D36A26" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="00657399" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="0025232E" w14:paraId="436FBA37" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="0025232E" w14:paraId="436FBA37" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50FDED89" w14:textId="11EE4D3E" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r w:rsidRPr="0025232E">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>117/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388E89F8" w14:textId="326EDCCE" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 września 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4FC9D5" w14:textId="30DDC845" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="4F4FC9D5" w14:textId="30DDC845" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ustalenia szczegółowych zasad funkcjonowania Departamentu Wdrażania Europejskiego Funduszu Społecznego Urzędu Marszałkowskiego Województwa Świętokrzyskiego </w:t>
             </w:r>
             <w:r w:rsidR="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42FEC8F2" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B15F87" w:rsidRPr="0025232E" w14:paraId="3DB98517" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="00B15F87" w:rsidRPr="0025232E" w14:paraId="3DB98517" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3047A2B4" w14:textId="7508554A" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r w:rsidRPr="0025232E">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>118/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47399B3F" w14:textId="2CAA4654" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00B15F87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4 wrze</w:t>
             </w:r>
             <w:r w:rsidR="00377045" w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ś</w:t>
             </w:r>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>nia</w:t>
             </w:r>
             <w:r w:rsidR="00377045" w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0805A126" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="0025232E">
+          <w:p w14:paraId="0805A126" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ustalenia szczegółowych zasad funkcjonowania Departamentu Kontroli i Audytu Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B03D970" w14:textId="77777777" w:rsidR="00B15F87" w:rsidRPr="0025232E" w:rsidRDefault="00B15F87" w:rsidP="00A57C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025232E" w:rsidRPr="0025232E" w14:paraId="6B13E379" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0025232E" w:rsidRPr="0025232E" w14:paraId="6B13E379" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0B88CE43" w14:textId="7D9B9F27" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00312A13">
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B88CE43" w14:textId="391FDF72" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00312A13">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r w:rsidRPr="0025232E">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>119/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A5D9E75" w14:textId="3699F909" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="0025232E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> września </w:t>
             </w:r>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1494B83C" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="0025232E">
+          <w:p w14:paraId="1494B83C" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="286CA573" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00312A13">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025232E" w:rsidRPr="0025232E" w14:paraId="1F604441" w14:textId="77777777" w:rsidTr="0025232E">
+      <w:tr w:rsidR="0025232E" w:rsidRPr="0025232E" w14:paraId="1F604441" w14:textId="77777777" w:rsidTr="00606240">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="750A89B9" w14:textId="75A6A725" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00312A13">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipercze"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r w:rsidRPr="0025232E">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>120/25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30526649" w14:textId="089814B4" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="0025232E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> września </w:t>
             </w:r>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="642ABD88" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="0025232E">
+          <w:p w14:paraId="642ABD88" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00F05268">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025232E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zmiana Zarządzenia Nr 159/2020 Marszałka Województwa Świętokrzyskiego z dnia 1 września 2020 r. w sprawie wprowadzenia instrukcji obiegu, kontroli i archiwizowania dokumentów finansowo-księgowych w Urzędzie Marszałkowskim Województwa Świętokrzyskiego zmienionego Zarządzeniem Nr 2/2021 z 11 stycznia 2021 r., Zarządzeniem Nr 129/2021 z dnia 22 września 2021 r., Zarządzeniem Nr 27/22 z dnia 9 lutego 2022 r., Zarządzeniem Nr 95/22 z dnia 18 lipca 2022 r. oraz Zarządzeniem Nr 176/24 z dnia 18 grudnia 2024 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B60164" w14:textId="77777777" w:rsidR="0025232E" w:rsidRPr="0025232E" w:rsidRDefault="0025232E" w:rsidP="00312A13">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00657399" w14:paraId="7733A9E6" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7DCDD7" w14:textId="29E528AA" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>121/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E645B" w14:textId="394FC59E" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 września </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226CDA31" w14:textId="77777777" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F16B4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmiana planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FB4931" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00657399" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00657399" w14:paraId="65EC0CBC" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1409D93D" w14:textId="41529EC9" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>122/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DFB63A" w14:textId="0DC88A24" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 września </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195EAA56" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F16B4E" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26CB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB961DC" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00657399" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00657399" w14:paraId="7C7DC50E" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB18401" w14:textId="023DF971" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>123/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5421EFEE" w14:textId="2EA2307C" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23 września </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FE67EF" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F26CB9" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE619F0" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00657399" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00657399" w14:paraId="398AE9E9" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="2596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFDA51D" w14:textId="7D0322F3" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>124/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B453A1" w14:textId="59A93FA7" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23 września </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2774B5" w14:textId="739B947E" w:rsidR="00F05268" w:rsidRPr="00476AD7" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A71171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmiany Zarządzenia Nr 133/2015 Marszałka Województwa Świętokrzyskiego z dnia 25 listopada 2015 r. w sprawie utworzenia Wojewódzkiej Rady Dialogu Społecznego w Kielcach, zmienionego Zarządzeniem Nr 146/2015 z dnia 17 grudnia 2015 r., Zarządzeniem Nr 68/2017 z dnia 18 sierpnia 2017 r., Zarządzeniem Nr 32/2018 z dnia 9 kwietnia 2018 r., Zarządzeniem Nr 22/2019 z dnia 27 lutego 2019 r., Zarządzeniem Nr 78/2019 z dnia 29 maja 2019 r., Zarządzeniem Nr 109/2019 z dnia 12 sierpnia 2019 r., Zarządzeniem Nr 160/2019 z dnia 29 listopada 2019 r., Zarządzeniem Nr 47/2020 z dnia 18 lutego 2020 r., Zarządzeniem Nr 210/2020 z dnia 7 grudnia 2020 r., Zarządzeniem Nr 144/2022 z dnia 24 listopada 2022 r., Zarządzeniem Nr 14/2024 z dnia 18 stycznia 2024r., Zarządzeniem Nr 52/2024 z dnia 25 kwietnia 2024 r., Zarządzeniem Nr 54/2024 z dnia 9 maja 2024 r., Zarządzeniem Nr 103/24 z 19 lipca 2024 r. i Zarządzeniem Nr 25/25 z 19 lutego 2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B518F3" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00657399" w14:paraId="757FE283" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213C5C00" w14:textId="222A48DA" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>125/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A22300" w14:textId="3B3FD8D3" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> września 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2576EB" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00A71171" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">powołania zespołu zadaniowego ds. realizacji </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">trategii </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ozwoju </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ojewództwa Świętokrzyskiego </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71171">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2030+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4FC687" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Traci moc Zarządzenie Nr 55/25 Marszałka Województwa Świętokrzyskiego z dnia 3 kwietnia 2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="58A0510E" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4621A1A4" w14:textId="2A005BAA" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>126/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1342F9B5" w14:textId="665BAE43" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A7F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> września 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B72422A" w14:textId="77777777" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A10F68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3960FB95" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="19FA43E9" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19525C55" w14:textId="2AF46C0D" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>127/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF2FC35" w14:textId="0E6B80EA" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 września 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC2397F" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00A10F68" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004679F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F249879" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="7691E9BF" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310BEEFA" w14:textId="77F004BC" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>128/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DBC28A" w14:textId="408D90D5" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 września 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C2FA2E" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00A10F68" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004679F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11048C95" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="04ACEDD5" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C13860" w14:textId="68AA8B19" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r w:rsidRPr="00F05268">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>129/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9C9B9B" w14:textId="22A4A293" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0A7642" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="004679F2" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034245D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08677981" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="558D1CB2" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="792CBF0B" w14:textId="5F38207C" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>130/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AA11D1" w14:textId="29A7179A" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052245A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7A4C7A" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="0034245D" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB77BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>powołania Zespołu zadaniowego i utworzenia Zespołu projektowego do realizacji projektu pn. Świętokrzyski program stypendialny dla uczniów szkół podstawowych w roku szkolnym 2025/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD4BE16" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="7C532A17" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2192B62D" w14:textId="0D205019" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>131/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1463AA33" w14:textId="045BA6AA" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052245A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8535CD" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00BB77BE" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB77BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>powołania Zespołu zadaniowego i utworzenia Zespołu projektowego do realizacji projektu pn. Świętokrzyski program stypendialny dla uczniów liceów ogólnokształcących w roku szkolnym 2025/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="676DDA0E" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="52658929" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D82C0D9" w14:textId="0382E354" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>132/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2D0E7D" w14:textId="0FC9D9A1" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052245A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27919A18" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00BB77BE" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB77BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>powołania Zespołu zadaniowego i utworzenia Zespołu projektowego do realizacji projektu pn. Świętokrzyski program stypendialny dla uczniów szkół zawodowych w roku szkolnym 2025/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D1458A" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00A71171" w14:paraId="47B64A44" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4BD56B" w14:textId="5294FD31" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>133/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24473673" w14:textId="77167B75" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B00A5AE" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00BB77BE" w:rsidRDefault="00F05268" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044628">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>organizacji stałych dyżurów na potrzeby podwyższania gotowości obronnej państwa w Urzędzie Marszałkowskim Województwa Świętokrzyskiego w Kielcach, jednostkach podległych i nadzorowanych.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E0DE20" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00606240" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00606240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Traci moc zarządzenie Nr 89/2021 Marszałka Województwa Świętokrzyskiego z dnia 10 czerwca 2021 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00044628" w14:paraId="1C0907AC" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374BE7F9" w14:textId="1C2A7802" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>134/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760F0A0E" w14:textId="5B94701F" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A01A9AE" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00044628" w:rsidRDefault="00F05268" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044628">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD755F2" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00606240" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05268" w:rsidRPr="00044628" w14:paraId="49BE5249" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2178148C" w14:textId="523023B2" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r w:rsidRPr="00D52E58">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>135/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B90824" w14:textId="1C3B5E57" w:rsidR="00F05268" w:rsidRDefault="00F05268" w:rsidP="00F05268">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="537A1948" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00044628" w:rsidRDefault="00F05268" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044628">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>wprowadzenia Polityki Bezpieczeństwa Infrastruktury Informatycznej Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E28AE95" w14:textId="77777777" w:rsidR="00F05268" w:rsidRPr="00606240" w:rsidRDefault="00F05268" w:rsidP="00440B29">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00606240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Traci moc Zarządzenie nr 119/24 Marszałka Województwa Świętokrzyskiego z dnia 30 sierpnia 2024 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="00044628" w14:paraId="1FCEB25D" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18A819" w14:textId="4C4B1F62" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>136/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF5D346" w14:textId="3C2280AC" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B6F893" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00044628" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044628">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216AF892" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="00044628" w14:paraId="6B42FDE8" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="579D4B89" w14:textId="5428DFBF" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>137/</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4867B7FC" w14:textId="41DD38DC" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C334AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C334AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0A29FE" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00044628" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044628">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>zmian planu finansowego Urzędu Marszałkowskiego na 2025 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F9E13E" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="00044628" w14:paraId="557ADEA9" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0413AD30" w14:textId="7C3A8EEE" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>138/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E7C051" w14:textId="1967E94F" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C334AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C334AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C9878B" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00044628" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019730F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>wprowadzenia Zasad i Procedur Audytu Wewnętrznego oraz Karty Audytu Wewnętrznego w Urzędzie Marszałkowskim Województwa Świętokrzyskiego w Kielcach i wojewódzkich samorządowych jednostkach organizacyjnych.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7861A81A" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00606240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Traci moc Zarządzenie Nr 22/23 Marszałka Województwa Świętokrzyskiego z dnia 3 lutego 2023 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="0019730F" w14:paraId="6A4071C3" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BCE4EA" w14:textId="7C6DF338" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>139/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA6D7F3" w14:textId="19A35E0B" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB7512F" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="0019730F" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA096C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Regulaminu wyboru operatora publicznego transportu zbiorowego w wojewódzkich przewozach pasażerskich na liniach o charakterze użyteczności publicznej dla Województwa Świętokrzyskiego na 2026 rok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB22BA0" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="0019730F" w14:paraId="63F1992B" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45594179" w14:textId="13D0D028" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>140/25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C318D8F" w14:textId="73F9D1EB" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64106F2E" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00DA096C" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565D72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">zmiany Zarządzenia Nr 133/2015 Marszałka Województwa Świętokrzyskiego z dnia 25 listopada 2015 r. w sprawie utworzenia Wojewódzkiej Rady Dialogu Społecznego w </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565D72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kielcach, zmienionego Zarządzeniem Nr 146/2015 z dnia 17 grudnia 2015 r., Zarządzeniem Nr 68/2017 z dnia 18 sierpnia 2017 r., Zarządzeniem Nr 32/2018 z dnia 9 kwietnia 2018 r., Zarządzeniem Nr 22/2019 z dnia 27 lutego 2019 r., Zarządzeniem Nr 78/2019 z dnia 29 maja 2019 r., Zarządzeniem Nr 109/2019 z dnia 12 sierpnia 2019 r., Zarządzeniem Nr 160/2019 z dnia 29 listopada 2019 r., Zarządzeniem Nr 47/2020 z dnia 18 lutego 2020 r., Zarządzeniem Nr 210/2020 z dnia 7 grudnia 2020 r., Zarządzeniem Nr 144/22 z dnia 24 listopada 2022 r., Zarządzeniem Nr 14/24 z dnia 18 stycznia 2024r., Zarządzeniem Nr 52/24 z dnia 25 kwietnia 2024 r., Zarządzeniem Nr 54/24 z dnia 9 maja 2024 r., Zarządzeniem Nr 103/24 z dnia 19 lipca 2024 r., Zarządzeniem Nr 25/25 z dnia 19 lutego 2025 r. i Zarządzeniem Nr 124/25 z dnia 23 września 2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65861572" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00606240" w:rsidRPr="0019730F" w14:paraId="7EA55731" w14:textId="77777777" w:rsidTr="00606240">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="468DEFE5" w14:textId="3BC7FA80" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>141</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>/</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00606240">
+                <w:rPr>
+                  <w:rStyle w:val="Hipercze"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3905E6" w14:textId="7B1185BC" w:rsidR="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> października </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0025232E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA41CFF" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00565D72" w:rsidRDefault="00606240" w:rsidP="00606240">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C5E1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ustalenia szczegółowych zasad funkcjonowania Departamentu Środowiska i Klimatu Urzędu Marszałkowskiego Województwa Świętokrzyskiego w Kielcach</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF957AD" w14:textId="77777777" w:rsidR="00606240" w:rsidRPr="00606240" w:rsidRDefault="00606240" w:rsidP="00667CE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7938"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00606240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Traci moc zarządzenie Nr 96/25 Marszałka Województwa Świętokrzyskiego z dnia 26 czerwca 2025 r.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="677CF1B5" w14:textId="0CCEFF61" w:rsidR="004868D6" w:rsidRPr="00716511" w:rsidRDefault="004868D6" w:rsidP="00716511">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004868D6" w:rsidRPr="00716511" w:rsidSect="00380BFB">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1710" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -27022,51 +29257,51 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1077283641">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F7797D"/>
     <w:rsid w:val="000032CF"/>
     <w:rsid w:val="0000345B"/>
     <w:rsid w:val="00004B2E"/>
     <w:rsid w:val="0000513A"/>
     <w:rsid w:val="00012CF0"/>
     <w:rsid w:val="00021FBF"/>
     <w:rsid w:val="00024299"/>
@@ -27453,50 +29688,51 @@
     <w:rsid w:val="00573CE0"/>
     <w:rsid w:val="00574853"/>
     <w:rsid w:val="0058081F"/>
     <w:rsid w:val="00582070"/>
     <w:rsid w:val="00582294"/>
     <w:rsid w:val="00582FBB"/>
     <w:rsid w:val="00583FD6"/>
     <w:rsid w:val="0059022A"/>
     <w:rsid w:val="00592C33"/>
     <w:rsid w:val="00593711"/>
     <w:rsid w:val="005A14C0"/>
     <w:rsid w:val="005A19B4"/>
     <w:rsid w:val="005A26D1"/>
     <w:rsid w:val="005A4788"/>
     <w:rsid w:val="005A68FF"/>
     <w:rsid w:val="005B1E64"/>
     <w:rsid w:val="005B30E0"/>
     <w:rsid w:val="005B7FEE"/>
     <w:rsid w:val="005C16EB"/>
     <w:rsid w:val="005D034A"/>
     <w:rsid w:val="005D5E7D"/>
     <w:rsid w:val="005E1B69"/>
     <w:rsid w:val="005F00E4"/>
     <w:rsid w:val="005F206E"/>
     <w:rsid w:val="005F4ED2"/>
+    <w:rsid w:val="00606240"/>
     <w:rsid w:val="00610212"/>
     <w:rsid w:val="00610B5A"/>
     <w:rsid w:val="00612A49"/>
     <w:rsid w:val="00613963"/>
     <w:rsid w:val="0061719E"/>
     <w:rsid w:val="00622455"/>
     <w:rsid w:val="00624230"/>
     <w:rsid w:val="00626632"/>
     <w:rsid w:val="00627D64"/>
     <w:rsid w:val="00630468"/>
     <w:rsid w:val="00631103"/>
     <w:rsid w:val="00631DF1"/>
     <w:rsid w:val="00633C27"/>
     <w:rsid w:val="00636018"/>
     <w:rsid w:val="0064033C"/>
     <w:rsid w:val="00640566"/>
     <w:rsid w:val="00641804"/>
     <w:rsid w:val="00641B2C"/>
     <w:rsid w:val="00643BDD"/>
     <w:rsid w:val="006452FD"/>
     <w:rsid w:val="00647477"/>
     <w:rsid w:val="006502EF"/>
     <w:rsid w:val="00650669"/>
     <w:rsid w:val="00651605"/>
     <w:rsid w:val="00651F59"/>
@@ -27737,50 +29973,51 @@
     <w:rsid w:val="009C2F3A"/>
     <w:rsid w:val="009C422D"/>
     <w:rsid w:val="009C50E3"/>
     <w:rsid w:val="009C6761"/>
     <w:rsid w:val="009D1FD0"/>
     <w:rsid w:val="009D3550"/>
     <w:rsid w:val="009D4F54"/>
     <w:rsid w:val="009D5BDF"/>
     <w:rsid w:val="009E0296"/>
     <w:rsid w:val="009E1E33"/>
     <w:rsid w:val="009E4A95"/>
     <w:rsid w:val="009E5407"/>
     <w:rsid w:val="009E622D"/>
     <w:rsid w:val="009E7018"/>
     <w:rsid w:val="009F0AA1"/>
     <w:rsid w:val="009F0FF7"/>
     <w:rsid w:val="009F2848"/>
     <w:rsid w:val="009F562F"/>
     <w:rsid w:val="009F5C7A"/>
     <w:rsid w:val="00A04A2C"/>
     <w:rsid w:val="00A0576C"/>
     <w:rsid w:val="00A074B7"/>
     <w:rsid w:val="00A12BE7"/>
     <w:rsid w:val="00A13DAA"/>
     <w:rsid w:val="00A16B7D"/>
+    <w:rsid w:val="00A20E8A"/>
     <w:rsid w:val="00A21226"/>
     <w:rsid w:val="00A22903"/>
     <w:rsid w:val="00A233A2"/>
     <w:rsid w:val="00A23791"/>
     <w:rsid w:val="00A23FDE"/>
     <w:rsid w:val="00A24906"/>
     <w:rsid w:val="00A257A3"/>
     <w:rsid w:val="00A30253"/>
     <w:rsid w:val="00A30862"/>
     <w:rsid w:val="00A322DD"/>
     <w:rsid w:val="00A36CB3"/>
     <w:rsid w:val="00A40DCC"/>
     <w:rsid w:val="00A4189C"/>
     <w:rsid w:val="00A42F4A"/>
     <w:rsid w:val="00A44FE9"/>
     <w:rsid w:val="00A4534D"/>
     <w:rsid w:val="00A47A82"/>
     <w:rsid w:val="00A51542"/>
     <w:rsid w:val="00A5225B"/>
     <w:rsid w:val="00A52B01"/>
     <w:rsid w:val="00A54537"/>
     <w:rsid w:val="00A54D12"/>
     <w:rsid w:val="00A568C1"/>
     <w:rsid w:val="00A56EC9"/>
     <w:rsid w:val="00A56FAE"/>
@@ -27928,86 +30165,88 @@
     <w:rsid w:val="00C92964"/>
     <w:rsid w:val="00C943F5"/>
     <w:rsid w:val="00C94E0F"/>
     <w:rsid w:val="00C95271"/>
     <w:rsid w:val="00CA1CBA"/>
     <w:rsid w:val="00CA3938"/>
     <w:rsid w:val="00CA5126"/>
     <w:rsid w:val="00CB026E"/>
     <w:rsid w:val="00CB2B70"/>
     <w:rsid w:val="00CB2EAB"/>
     <w:rsid w:val="00CB473F"/>
     <w:rsid w:val="00CB714A"/>
     <w:rsid w:val="00CB72D1"/>
     <w:rsid w:val="00CC3D61"/>
     <w:rsid w:val="00CC639F"/>
     <w:rsid w:val="00CC65FF"/>
     <w:rsid w:val="00CC745B"/>
     <w:rsid w:val="00CC7A2D"/>
     <w:rsid w:val="00CD0F58"/>
     <w:rsid w:val="00CD4AD9"/>
     <w:rsid w:val="00CD5517"/>
     <w:rsid w:val="00CD79EF"/>
     <w:rsid w:val="00CE1485"/>
     <w:rsid w:val="00CE3358"/>
     <w:rsid w:val="00CE4CEB"/>
+    <w:rsid w:val="00CE7F6C"/>
     <w:rsid w:val="00CF1167"/>
     <w:rsid w:val="00CF3008"/>
     <w:rsid w:val="00CF3333"/>
     <w:rsid w:val="00CF4EFC"/>
     <w:rsid w:val="00CF674F"/>
     <w:rsid w:val="00D014B3"/>
     <w:rsid w:val="00D0154A"/>
     <w:rsid w:val="00D044A2"/>
     <w:rsid w:val="00D05647"/>
     <w:rsid w:val="00D05834"/>
     <w:rsid w:val="00D06782"/>
     <w:rsid w:val="00D10D52"/>
     <w:rsid w:val="00D141D4"/>
     <w:rsid w:val="00D1494F"/>
     <w:rsid w:val="00D16BF4"/>
     <w:rsid w:val="00D20E70"/>
     <w:rsid w:val="00D23C86"/>
     <w:rsid w:val="00D2558A"/>
     <w:rsid w:val="00D27B7C"/>
     <w:rsid w:val="00D310A3"/>
     <w:rsid w:val="00D310C4"/>
     <w:rsid w:val="00D31CC5"/>
     <w:rsid w:val="00D32680"/>
     <w:rsid w:val="00D328D0"/>
     <w:rsid w:val="00D32F27"/>
     <w:rsid w:val="00D33A23"/>
     <w:rsid w:val="00D37ACE"/>
     <w:rsid w:val="00D402B5"/>
     <w:rsid w:val="00D41FE5"/>
     <w:rsid w:val="00D43330"/>
     <w:rsid w:val="00D44E82"/>
     <w:rsid w:val="00D47820"/>
     <w:rsid w:val="00D50991"/>
     <w:rsid w:val="00D50AA5"/>
     <w:rsid w:val="00D515CF"/>
     <w:rsid w:val="00D521FB"/>
+    <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D5495C"/>
     <w:rsid w:val="00D55A19"/>
     <w:rsid w:val="00D62567"/>
     <w:rsid w:val="00D62622"/>
     <w:rsid w:val="00D64DFE"/>
     <w:rsid w:val="00D657EA"/>
     <w:rsid w:val="00D65AA1"/>
     <w:rsid w:val="00D66619"/>
     <w:rsid w:val="00D66D5F"/>
     <w:rsid w:val="00D7074F"/>
     <w:rsid w:val="00D71C77"/>
     <w:rsid w:val="00D72F83"/>
     <w:rsid w:val="00D753B0"/>
     <w:rsid w:val="00D77DBA"/>
     <w:rsid w:val="00D8064C"/>
     <w:rsid w:val="00D80899"/>
     <w:rsid w:val="00D816D4"/>
     <w:rsid w:val="00D84A7E"/>
     <w:rsid w:val="00D85654"/>
     <w:rsid w:val="00D87D4C"/>
     <w:rsid w:val="00D90451"/>
     <w:rsid w:val="00D910F7"/>
     <w:rsid w:val="00D914FE"/>
     <w:rsid w:val="00D91DCE"/>
     <w:rsid w:val="00D93A1E"/>
@@ -28075,66 +30314,68 @@
     <w:rsid w:val="00E8772C"/>
     <w:rsid w:val="00E87F4A"/>
     <w:rsid w:val="00E96B21"/>
     <w:rsid w:val="00E97940"/>
     <w:rsid w:val="00EA136E"/>
     <w:rsid w:val="00EA2ECC"/>
     <w:rsid w:val="00EA342C"/>
     <w:rsid w:val="00EB40E6"/>
     <w:rsid w:val="00EB57DE"/>
     <w:rsid w:val="00EB7850"/>
     <w:rsid w:val="00EB79CE"/>
     <w:rsid w:val="00EC1112"/>
     <w:rsid w:val="00EC1F19"/>
     <w:rsid w:val="00EC562C"/>
     <w:rsid w:val="00EC70B7"/>
     <w:rsid w:val="00EC7FD4"/>
     <w:rsid w:val="00ED2ACD"/>
     <w:rsid w:val="00ED6577"/>
     <w:rsid w:val="00ED69D6"/>
     <w:rsid w:val="00ED6B6B"/>
     <w:rsid w:val="00EF34BB"/>
     <w:rsid w:val="00EF59D0"/>
     <w:rsid w:val="00EF5C58"/>
     <w:rsid w:val="00F03E41"/>
     <w:rsid w:val="00F04526"/>
+    <w:rsid w:val="00F05268"/>
     <w:rsid w:val="00F06047"/>
     <w:rsid w:val="00F07D3C"/>
     <w:rsid w:val="00F12263"/>
     <w:rsid w:val="00F12B46"/>
     <w:rsid w:val="00F12CF9"/>
     <w:rsid w:val="00F168CA"/>
     <w:rsid w:val="00F200C3"/>
     <w:rsid w:val="00F211E3"/>
     <w:rsid w:val="00F21300"/>
     <w:rsid w:val="00F2486D"/>
     <w:rsid w:val="00F25729"/>
     <w:rsid w:val="00F30812"/>
     <w:rsid w:val="00F3117A"/>
     <w:rsid w:val="00F32F07"/>
     <w:rsid w:val="00F33131"/>
     <w:rsid w:val="00F37EBE"/>
+    <w:rsid w:val="00F40228"/>
     <w:rsid w:val="00F4044E"/>
     <w:rsid w:val="00F41EE3"/>
     <w:rsid w:val="00F42878"/>
     <w:rsid w:val="00F43788"/>
     <w:rsid w:val="00F457C3"/>
     <w:rsid w:val="00F4708E"/>
     <w:rsid w:val="00F4717F"/>
     <w:rsid w:val="00F505F8"/>
     <w:rsid w:val="00F529F4"/>
     <w:rsid w:val="00F612B7"/>
     <w:rsid w:val="00F672F5"/>
     <w:rsid w:val="00F707E5"/>
     <w:rsid w:val="00F7089F"/>
     <w:rsid w:val="00F757A9"/>
     <w:rsid w:val="00F7797D"/>
     <w:rsid w:val="00F800AA"/>
     <w:rsid w:val="00F8060A"/>
     <w:rsid w:val="00F810CF"/>
     <w:rsid w:val="00F828D2"/>
     <w:rsid w:val="00F82BBC"/>
     <w:rsid w:val="00F91326"/>
     <w:rsid w:val="00F94290"/>
     <w:rsid w:val="00F94E84"/>
     <w:rsid w:val="00FA5471"/>
     <w:rsid w:val="00FA5B6C"/>
@@ -29224,51 +31465,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1641223320">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20165%202024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20069%202024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20090%202024.PDF" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20111%202024.PDF" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20132%202024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20003%202025.PDF" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20024%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20035%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20056%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20070%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20091%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20112%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20155%202024.PDF" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20059%202024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20080%202024_skan.PDF" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20101%202024.PDF" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20122%202024.PDF" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20176%202024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20014%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20143%202024.PDF" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20025%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20046%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20081%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20102%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20070%202024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20091%202024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20112%202024.PDF" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20166%202024.PDF" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20004%202025.PDF" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20133%202024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20015%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20036%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20057%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20071%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20092%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20113%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20060%202024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20081%202024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20156%202024.PDF" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20177%202024.PDF" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20102%202024.PDF" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20118%202024.PDF" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20123%202024.PDF" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20134%202024.pdfhttps:/bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20139%202024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20144%202024.zip" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20005%202025.PDF" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20010%202025.PDF" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20026%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20031%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20047%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20052%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20082%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20054%202024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20077%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20098%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20103%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20119%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20071%202024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20076%202024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20097%202024.PDF" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20162%202024.PDF" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20167%202024.PDF" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20092%202024.PDF" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20108%202024.PDF" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20113%202024.PDF" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20129%202024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20134%202024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20178%202024.PDF" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20183%202024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20016%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20021%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20042%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20063%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20037%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20058%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20067%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20072%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20088%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20093%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20109%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20114%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20061%202024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20066%202024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20087%202024.PDF" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20157%202024.PDF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20082%202024.PDF" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20098%202024.zip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20103%202024.PDF" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20124%202024.PDF" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20145%202024.PDF" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20152%202024.PDF" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20168%202024.PDF" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20173%202024.zip" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20006%202025.PDF" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20011%202025.PDF" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20032%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20053%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20055%202024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20119%202024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20140%202024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20027%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20048%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20078%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20083%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20099%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20104%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20077%202024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20115%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20120%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20072%202024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20088%202024.PDF" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20093%202024.PDF" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20114%202024.PDF" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20135%202024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20158%202024.PDF" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20163%202024.PDF" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20179%202024.PDF" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20001%202025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20022%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20043%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20109%202024.PDF" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20130%202024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20017%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20038%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20059%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20058%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20068%202025.PDF" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20073%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20094%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20067%202024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20089%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20105%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20110%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20062%202024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20078%202024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20083%202024_skan.PDF" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20104%202024.PDF" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20125%202024.PDF" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20148%202024.PDF" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20153%202024.PDF" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20174%202024.PDF" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20012%202025.PDF" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20033%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20056%202024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20099%202024.PDF" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20120%202024.PDF" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20141%202024.PDF" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20146%202024.PDF" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20169%202024.PDF" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20007%202025.PDF" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20028%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20049%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20054%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20084%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20079%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20095%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20100%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20116%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20073%202024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20094%202024.PDF" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20115%202024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20164%202024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20002%202025.PDF" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20023%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20068%202024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20089%202024.PDF" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20110%202024.PDF" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20131%202024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20136%202024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20159%202024.PDF" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20180%202024.PDF" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20018%202025_plik%20dostepny%20cyfrowo.zip" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20039%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20044%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20060%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20074%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20055%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20069%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20085%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20090%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20106%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20111%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20063%202024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20084%202024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20105%202024.PDF" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20154%202024.PDF" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20175%202024.PDF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20058%202024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20079%202024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20100%202024.PDF" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20121%202024.PDF" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20126%202024.PDF" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20142%202024.PDF" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20147%202024.PDF" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20149%202024.PDF" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20170%202024.PDF" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20008%202025.PDF" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20013%202025.PDF" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20029%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20034%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20050%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20057%202024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20045%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20075%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20080%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20101%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20074%202024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20096%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20117%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20095%202024.PDF" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20116%202024.PDF" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20137%202024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20160%202024.PDF" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20181%202024.PDF" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20019%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20040%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20061%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20065%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20064%202024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20086%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20107%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20085%202024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20106%202024.PDF" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20127%202024.PDF" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20150%202024.PDF" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20171%202024.PDF" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20009%202025.zip" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20138%202024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20030%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20051%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20076%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20097%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20118%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20075%202024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20096%202024.PDF" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20117%202024.PDF" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20161%202024.PDF" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20182%202024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20128%202024.PDF" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20020%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20041%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20062%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20066%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20087%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20108%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20065%202024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20086%202024.PDF" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20107%202024.PDF" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20151%202024.PDF" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20172%202024.PDF" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20165%202024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20069%202024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20090%202024.PDF" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20111%202024.PDF" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20132%202024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20003%202025.PDF" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20024%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20035%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20056%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20070%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20091%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20112%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20155%202024.PDF" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20133%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20059%202024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20080%202024_skan.PDF" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20101%202024.PDF" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20122%202024.PDF" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20176%202024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20014%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20143%202024.PDF" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20025%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20046%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20081%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20102%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20123%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20070%202024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20091%202024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20112%202024.PDF" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20166%202024.PDF" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20004%202025.PDF" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20133%202024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20015%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20036%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20057%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20071%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20092%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20113%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20134%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20060%202024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20081%202024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20156%202024.PDF" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20177%202024.PDF" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20102%202024.PDF" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20123%202024.PDF" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20144%202024.zip" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20005%202025.PDF" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20026%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20047%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20082%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20054%202024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20103%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20124%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20071%202024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20167%202024.PDF" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20135%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20092%202024.PDF" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20113%202024.PDF" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20134%202024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20178%202024.PDF" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20016%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20037%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20058%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20067%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20072%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20088%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20093%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20109%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20114%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20061%202024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20066%202024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20087%202024.PDF" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20157%202024.PDF" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20125%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20130%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20082%202024.PDF" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20098%202024.zip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20103%202024.PDF" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20124%202024.PDF" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20145%202024.PDF" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20152%202024.PDF" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20168%202024.PDF" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20173%202024.zip" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20006%202025.PDF" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20011%202025.PDF" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20032%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20053%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20055%202024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20119%202024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20140%202024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20027%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20048%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20078%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20083%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20099%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20104%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20077%202024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20115%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20120%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20136%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20141%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20072%202024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20088%202024.PDF" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20093%202024.PDF" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20114%202024.PDF" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20135%202024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20158%202024.PDF" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20163%202024.PDF" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20179%202024.PDF" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20001%202025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20022%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20043%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20109%202024.PDF" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20130%202024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20017%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20038%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20059%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20058%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20068%202025.PDF" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20073%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20094%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20067%202024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20089%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20105%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20110%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20126%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20131%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20062%202024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20078%202024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20083%202024_skan.PDF" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20104%202024.PDF" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20125%202024.PDF" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20148%202024.PDF" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20153%202024.PDF" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20174%202024.PDF" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20012%202025.PDF" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20033%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20056%202024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20099%202024.PDF" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20120%202024.PDF" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20141%202024.PDF" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20146%202024.PDF" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20169%202024.PDF" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20007%202025.PDF" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20028%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20049%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20054%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20084%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20079%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20095%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20100%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20116%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20121%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20073%202024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20094%202024.PDF" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20115%202024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20164%202024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20002%202025.PDF" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20023%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20137%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20068%202024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20089%202024.PDF" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20110%202024.PDF" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20131%202024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20136%202024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20159%202024.PDF" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20180%202024.PDF" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20018%202025_plik%20dostepny%20cyfrowo.zip" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20039%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20044%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20060%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20074%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20055%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20069%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20085%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20090%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20106%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20111%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20132%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20063%202024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20084%202024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20105%202024.PDF" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20154%202024.PDF" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20175%202024.PDF" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20127%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20058%202024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20079%202024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20100%202024.PDF" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20121%202024.PDF" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20126%202024.PDF" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20142%202024.PDF" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20147%202024.PDF" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20149%202024.PDF" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20170%202024.PDF" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20008%202025.PDF" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20013%202025.PDF" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20029%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20034%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20050%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20057%202024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20045%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20075%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20080%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20101%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20122%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20074%202024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20096%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20117%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20138%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20095%202024.PDF" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20116%202024.PDF" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20137%202024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20160%202024.PDF" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20181%202024.PDF" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20019%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20040%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20061%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20065%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20064%202024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20086%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20107%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20128%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20085%202024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20106%202024.PDF" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20127%202024.PDF" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20150%202024.PDF" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20171%202024.PDF" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20009%202025.zip" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20138%202024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20030%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20051%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20076%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20097%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20118%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20139%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20075%202024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20096%202024.PDF" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20117%202024.PDF" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20161%202024.PDF" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20182%202024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20128%202024.PDF" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20020%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20041%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20062%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20066%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20087%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20108%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20129%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20065%202024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20086%202024.PDF" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20107%202024.PDF" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20151%202024.PDF" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20172%202024.PDF" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20118%202024.PDF" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20134%202024.pdfhttps:/bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20139%202024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20010%202025.PDF" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20031%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20052%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20077%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20098%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20119%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20076%202024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20097%202024.PDF" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20162%202024.PDF" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20140%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20108%202024.PDF" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20129%202024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2024/13470/Zarzadzenie%20nr%20183%202024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20021%202025_plik%20dostepny%20cyfrowo.PDF" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20042%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.sejmik.kielce.pl/dopobrania/2025/14166/Zarzadzenie%20nr%20063%202025_plik%20dostepny%20cyfrowo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -29530,68 +31771,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFDB04CD-31F2-4225-A57E-89B388388BD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>32</Pages>
-[...1 lines deleted...]
-  <Characters>68757</Characters>
+  <Pages>35</Pages>
+  <Words>12567</Words>
+  <Characters>75403</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>572</Lines>
-  <Paragraphs>160</Paragraphs>
+  <Lines>628</Lines>
+  <Paragraphs>175</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>80056</CharactersWithSpaces>
+  <CharactersWithSpaces>87795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Piotr Kozłowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>